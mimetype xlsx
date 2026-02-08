--- v0 (2025-10-09)
+++ v1 (2026-02-08)
@@ -1,2382 +1,1919 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26130"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Statistics\Steven\Zip Code Project\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Statistics\Brad\Reports\ZIP Code\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39CEC661-EB4C-4C92-8D60-BDAB58A81AD3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50C13062-91F7-4CCC-B40C-F726F27492E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="20370" yWindow="-4605" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="USPS_Zip_List" sheetId="3" r:id="rId1"/>
+    <sheet name="USPS_Zip_List" sheetId="10" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExtraZips">#REF!</definedName>
-    <definedName name="USPS_Zip_List">#REF!</definedName>
+    <definedName name="Other">#REF!</definedName>
+    <definedName name="Other_ZIP_DETAIL">#REF!</definedName>
+    <definedName name="Unique_ZIP_DETAIL">#REF!</definedName>
+    <definedName name="ZIP_DETAIL">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3248" uniqueCount="2080">
-[...4 lines deleted...]
-    <t>63006</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2621" uniqueCount="1796">
+  <si>
+    <t>63017</t>
   </si>
   <si>
     <t>63010</t>
   </si>
   <si>
+    <t>63129</t>
+  </si>
+  <si>
     <t>63011</t>
   </si>
   <si>
+    <t>63021</t>
+  </si>
+  <si>
     <t>63012</t>
   </si>
   <si>
+    <t>63052</t>
+  </si>
+  <si>
     <t>63013</t>
   </si>
   <si>
     <t>63014</t>
   </si>
   <si>
     <t>63015</t>
   </si>
   <si>
+    <t>63089</t>
+  </si>
+  <si>
     <t>63016</t>
   </si>
   <si>
-    <t>63017</t>
-[...1 lines deleted...]
-  <si>
     <t>63019</t>
   </si>
   <si>
+    <t>63028</t>
+  </si>
+  <si>
     <t>63020</t>
   </si>
   <si>
-    <t>63021</t>
-[...4 lines deleted...]
-  <si>
     <t>63023</t>
   </si>
   <si>
-    <t>63024</t>
-[...1 lines deleted...]
-  <si>
     <t>63025</t>
   </si>
   <si>
     <t>63026</t>
   </si>
   <si>
-    <t>63028</t>
-[...1 lines deleted...]
-  <si>
     <t>63030</t>
   </si>
   <si>
     <t>63031</t>
   </si>
   <si>
-    <t>63032</t>
-[...1 lines deleted...]
-  <si>
     <t>63033</t>
   </si>
   <si>
-    <t>63034</t>
-[...1 lines deleted...]
-  <si>
     <t>63036</t>
   </si>
   <si>
     <t>63037</t>
   </si>
   <si>
     <t>63038</t>
   </si>
   <si>
     <t>63039</t>
   </si>
   <si>
     <t>63040</t>
   </si>
   <si>
     <t>63041</t>
   </si>
   <si>
     <t>63042</t>
   </si>
   <si>
     <t>63043</t>
   </si>
   <si>
     <t>63044</t>
   </si>
   <si>
     <t>63047</t>
   </si>
   <si>
     <t>63048</t>
   </si>
   <si>
     <t>63049</t>
   </si>
   <si>
     <t>63050</t>
   </si>
   <si>
     <t>63051</t>
   </si>
   <si>
-    <t>63052</t>
-[...1 lines deleted...]
-  <si>
     <t>63053</t>
   </si>
   <si>
     <t>63055</t>
   </si>
   <si>
     <t>63056</t>
   </si>
   <si>
     <t>63060</t>
   </si>
   <si>
     <t>63065</t>
   </si>
   <si>
     <t>63066</t>
   </si>
   <si>
     <t>63068</t>
   </si>
   <si>
+    <t>63090</t>
+  </si>
+  <si>
     <t>63069</t>
   </si>
   <si>
     <t>63070</t>
   </si>
   <si>
     <t>63071</t>
   </si>
   <si>
     <t>63072</t>
   </si>
   <si>
     <t>63073</t>
   </si>
   <si>
     <t>63074</t>
   </si>
   <si>
     <t>63077</t>
   </si>
   <si>
     <t>63079</t>
   </si>
   <si>
     <t>63080</t>
   </si>
   <si>
     <t>63084</t>
   </si>
   <si>
     <t>63087</t>
   </si>
   <si>
     <t>63088</t>
   </si>
   <si>
-    <t>63089</t>
-[...4 lines deleted...]
-  <si>
     <t>63091</t>
   </si>
   <si>
     <t>63101</t>
   </si>
   <si>
-    <t>63102</t>
-[...4 lines deleted...]
-  <si>
     <t>63104</t>
   </si>
   <si>
+    <t>63118</t>
+  </si>
+  <si>
     <t>63105</t>
   </si>
   <si>
     <t>63106</t>
   </si>
   <si>
-    <t>63107</t>
-[...1 lines deleted...]
-  <si>
     <t>63108</t>
   </si>
   <si>
-    <t>63109</t>
+    <t>63115</t>
+  </si>
+  <si>
+    <t>63139</t>
   </si>
   <si>
     <t>63110</t>
   </si>
   <si>
-    <t>63111</t>
-[...1 lines deleted...]
-  <si>
     <t>63112</t>
   </si>
   <si>
-    <t>63113</t>
-[...1 lines deleted...]
-  <si>
     <t>63114</t>
   </si>
   <si>
-    <t>63115</t>
-[...1 lines deleted...]
-  <si>
     <t>63116</t>
   </si>
   <si>
     <t>63117</t>
   </si>
   <si>
-    <t>63118</t>
-[...1 lines deleted...]
-  <si>
     <t>63119</t>
   </si>
   <si>
-    <t>63120</t>
-[...1 lines deleted...]
-  <si>
     <t>63121</t>
   </si>
   <si>
     <t>63122</t>
   </si>
   <si>
     <t>63123</t>
   </si>
   <si>
-    <t>63124</t>
+    <t>63141</t>
   </si>
   <si>
     <t>63125</t>
   </si>
   <si>
     <t>63126</t>
   </si>
   <si>
-    <t>63127</t>
-[...7 lines deleted...]
-  <si>
     <t>63130</t>
   </si>
   <si>
     <t>63131</t>
   </si>
   <si>
     <t>63132</t>
   </si>
   <si>
-    <t>63133</t>
-[...1 lines deleted...]
-  <si>
     <t>63134</t>
   </si>
   <si>
     <t>63135</t>
   </si>
   <si>
     <t>63136</t>
   </si>
   <si>
-    <t>63137</t>
-[...1 lines deleted...]
-  <si>
     <t>63138</t>
   </si>
   <si>
-    <t>63139</t>
-[...4 lines deleted...]
-  <si>
     <t>63143</t>
   </si>
   <si>
     <t>63144</t>
   </si>
   <si>
     <t>63145</t>
   </si>
   <si>
     <t>63146</t>
   </si>
   <si>
     <t>63147</t>
   </si>
   <si>
-    <t>63151</t>
-[...31 lines deleted...]
-  <si>
     <t>63301</t>
   </si>
   <si>
-    <t>63302</t>
-[...1 lines deleted...]
-  <si>
     <t>63303</t>
   </si>
   <si>
-    <t>63304</t>
-[...1 lines deleted...]
-  <si>
     <t>63332</t>
   </si>
   <si>
     <t>63333</t>
   </si>
   <si>
     <t>63334</t>
   </si>
   <si>
     <t>63336</t>
   </si>
   <si>
     <t>63338</t>
   </si>
   <si>
     <t>63339</t>
   </si>
   <si>
     <t>63341</t>
   </si>
   <si>
     <t>63342</t>
   </si>
   <si>
     <t>63343</t>
   </si>
   <si>
     <t>63344</t>
   </si>
   <si>
     <t>63345</t>
   </si>
   <si>
+    <t>63352</t>
+  </si>
+  <si>
     <t>63346</t>
   </si>
   <si>
     <t>63347</t>
   </si>
   <si>
     <t>63348</t>
   </si>
   <si>
     <t>63349</t>
   </si>
   <si>
     <t>63350</t>
   </si>
   <si>
+    <t>63361</t>
+  </si>
+  <si>
     <t>63351</t>
   </si>
   <si>
-    <t>63352</t>
+    <t>63383</t>
   </si>
   <si>
     <t>63353</t>
   </si>
   <si>
     <t>63357</t>
   </si>
   <si>
     <t>63359</t>
   </si>
   <si>
-    <t>63361</t>
-[...1 lines deleted...]
-  <si>
     <t>63362</t>
   </si>
   <si>
+    <t>63379</t>
+  </si>
+  <si>
     <t>63363</t>
   </si>
   <si>
     <t>63365</t>
   </si>
   <si>
     <t>63366</t>
   </si>
   <si>
-    <t>63367</t>
-[...4 lines deleted...]
-  <si>
     <t>63369</t>
   </si>
   <si>
     <t>63373</t>
   </si>
   <si>
     <t>63376</t>
   </si>
   <si>
     <t>63377</t>
   </si>
   <si>
-    <t>63379</t>
-[...4 lines deleted...]
-  <si>
     <t>63381</t>
   </si>
   <si>
     <t>63382</t>
   </si>
   <si>
-    <t>63383</t>
-[...1 lines deleted...]
-  <si>
     <t>63384</t>
   </si>
   <si>
     <t>63385</t>
   </si>
   <si>
-    <t>63386</t>
-[...1 lines deleted...]
-  <si>
     <t>63387</t>
   </si>
   <si>
     <t>63388</t>
   </si>
   <si>
     <t>63389</t>
   </si>
   <si>
     <t>63390</t>
   </si>
   <si>
     <t>63401</t>
   </si>
   <si>
     <t>63430</t>
   </si>
   <si>
-    <t>63432</t>
-[...5 lines deleted...]
-    <t>63434</t>
+    <t>63445</t>
+  </si>
+  <si>
+    <t>63474</t>
+  </si>
+  <si>
+    <t>63469</t>
   </si>
   <si>
     <t>63435</t>
   </si>
   <si>
     <t>63436</t>
   </si>
   <si>
     <t>63437</t>
   </si>
   <si>
-    <t>63438</t>
+    <t>63468</t>
+  </si>
+  <si>
+    <t>63440</t>
   </si>
   <si>
     <t>63439</t>
   </si>
   <si>
-    <t>63440</t>
+    <t>63463</t>
   </si>
   <si>
     <t>63441</t>
   </si>
   <si>
-    <t>63442</t>
-[...1 lines deleted...]
-  <si>
     <t>63443</t>
   </si>
   <si>
-    <t>63445</t>
+    <t>63456</t>
   </si>
   <si>
     <t>63446</t>
   </si>
   <si>
     <t>63447</t>
   </si>
   <si>
     <t>63448</t>
   </si>
   <si>
-    <t>63450</t>
-[...1 lines deleted...]
-  <si>
     <t>63451</t>
   </si>
   <si>
     <t>63452</t>
   </si>
   <si>
-    <t>63453</t>
-[...5 lines deleted...]
-    <t>63456</t>
+    <t>63461</t>
   </si>
   <si>
     <t>63457</t>
   </si>
   <si>
     <t>63458</t>
   </si>
   <si>
-    <t>63459</t>
-[...1 lines deleted...]
-  <si>
     <t>63460</t>
   </si>
   <si>
-    <t>63461</t>
-[...1 lines deleted...]
-  <si>
     <t>63462</t>
   </si>
   <si>
-    <t>63463</t>
-[...1 lines deleted...]
-  <si>
     <t>63465</t>
   </si>
   <si>
     <t>63466</t>
   </si>
   <si>
-    <t>63467</t>
-[...10 lines deleted...]
-  <si>
     <t>63472</t>
   </si>
   <si>
-    <t>63473</t>
-[...4 lines deleted...]
-  <si>
     <t>63501</t>
   </si>
   <si>
     <t>63530</t>
   </si>
   <si>
     <t>63531</t>
   </si>
   <si>
+    <t>63537</t>
+  </si>
+  <si>
     <t>63532</t>
   </si>
   <si>
     <t>63533</t>
   </si>
   <si>
     <t>63534</t>
   </si>
   <si>
-    <t>63535</t>
+    <t>63548</t>
   </si>
   <si>
     <t>63536</t>
   </si>
   <si>
-    <t>63537</t>
-[...1 lines deleted...]
-  <si>
     <t>63538</t>
   </si>
   <si>
+    <t>63549</t>
+  </si>
+  <si>
     <t>63539</t>
   </si>
   <si>
-    <t>63540</t>
-[...5 lines deleted...]
-    <t>63543</t>
+    <t>63558</t>
+  </si>
+  <si>
+    <t>63563</t>
   </si>
   <si>
     <t>63544</t>
   </si>
   <si>
-    <t>63545</t>
-[...1 lines deleted...]
-  <si>
     <t>63546</t>
   </si>
   <si>
     <t>63547</t>
   </si>
   <si>
-    <t>63548</t>
-[...4 lines deleted...]
-  <si>
     <t>63551</t>
   </si>
   <si>
+    <t>63561</t>
+  </si>
+  <si>
     <t>63552</t>
   </si>
   <si>
     <t>63555</t>
   </si>
   <si>
     <t>63556</t>
   </si>
   <si>
     <t>63557</t>
   </si>
   <si>
-    <t>63558</t>
-[...1 lines deleted...]
-  <si>
     <t>63559</t>
   </si>
   <si>
     <t>63560</t>
   </si>
   <si>
-    <t>63561</t>
-[...4 lines deleted...]
-  <si>
     <t>63565</t>
   </si>
   <si>
     <t>63566</t>
   </si>
   <si>
-    <t>63567</t>
-[...1 lines deleted...]
-  <si>
     <t>63601</t>
   </si>
   <si>
     <t>63620</t>
   </si>
   <si>
-    <t>63621</t>
+    <t>63957</t>
+  </si>
+  <si>
+    <t>63650</t>
   </si>
   <si>
     <t>63622</t>
   </si>
   <si>
-    <t>63623</t>
+    <t>63664</t>
   </si>
   <si>
     <t>63624</t>
   </si>
   <si>
     <t>63625</t>
   </si>
   <si>
-    <t>63626</t>
-[...2 lines deleted...]
-    <t>63627</t>
+    <t>63670</t>
   </si>
   <si>
     <t>63628</t>
   </si>
   <si>
     <t>63629</t>
   </si>
   <si>
     <t>63630</t>
   </si>
   <si>
     <t>63631</t>
   </si>
   <si>
     <t>63633</t>
   </si>
   <si>
-    <t>63636</t>
-[...1 lines deleted...]
-  <si>
     <t>63637</t>
   </si>
   <si>
     <t>63638</t>
   </si>
   <si>
     <t>63640</t>
   </si>
   <si>
     <t>63645</t>
   </si>
   <si>
     <t>63648</t>
   </si>
   <si>
-    <t>63650</t>
-[...1 lines deleted...]
-  <si>
     <t>63651</t>
   </si>
   <si>
     <t>63654</t>
   </si>
   <si>
     <t>63655</t>
   </si>
   <si>
-    <t>63656</t>
-[...1 lines deleted...]
-  <si>
     <t>63660</t>
   </si>
   <si>
     <t>63662</t>
   </si>
   <si>
     <t>63663</t>
   </si>
   <si>
-    <t>63664</t>
-[...1 lines deleted...]
-  <si>
     <t>63665</t>
   </si>
   <si>
-    <t>63670</t>
-[...1 lines deleted...]
-  <si>
     <t>63673</t>
   </si>
   <si>
     <t>63674</t>
   </si>
   <si>
-    <t>63675</t>
-[...1 lines deleted...]
-  <si>
     <t>63701</t>
   </si>
   <si>
-    <t>63702</t>
-[...4 lines deleted...]
-  <si>
     <t>63730</t>
   </si>
   <si>
+    <t>63740</t>
+  </si>
+  <si>
     <t>63732</t>
   </si>
   <si>
-    <t>63735</t>
+    <t>63775</t>
   </si>
   <si>
     <t>63736</t>
   </si>
   <si>
-    <t>63737</t>
-[...1 lines deleted...]
-  <si>
     <t>63738</t>
   </si>
   <si>
-    <t>63739</t>
-[...5 lines deleted...]
-    <t>63743</t>
+    <t>63755</t>
+  </si>
+  <si>
+    <t>63769</t>
   </si>
   <si>
     <t>63744</t>
   </si>
   <si>
-    <t>63745</t>
-[...7 lines deleted...]
-  <si>
     <t>63748</t>
   </si>
   <si>
     <t>63750</t>
   </si>
   <si>
-    <t>63751</t>
+    <t>63787</t>
+  </si>
+  <si>
+    <t>63764</t>
   </si>
   <si>
     <t>63752</t>
   </si>
   <si>
-    <t>63755</t>
-[...1 lines deleted...]
-  <si>
     <t>63758</t>
   </si>
   <si>
     <t>63760</t>
   </si>
   <si>
-    <t>63763</t>
-[...4 lines deleted...]
-  <si>
     <t>63766</t>
   </si>
   <si>
     <t>63767</t>
   </si>
   <si>
-    <t>63769</t>
-[...1 lines deleted...]
-  <si>
     <t>63770</t>
   </si>
   <si>
     <t>63771</t>
   </si>
   <si>
     <t>63774</t>
   </si>
   <si>
-    <t>63775</t>
-[...1 lines deleted...]
-  <si>
     <t>63779</t>
   </si>
   <si>
     <t>63780</t>
   </si>
   <si>
     <t>63781</t>
   </si>
   <si>
     <t>63782</t>
   </si>
   <si>
-    <t>63783</t>
-[...1 lines deleted...]
-  <si>
     <t>63784</t>
   </si>
   <si>
     <t>63785</t>
   </si>
   <si>
-    <t>63787</t>
-[...1 lines deleted...]
-  <si>
     <t>63801</t>
   </si>
   <si>
     <t>63820</t>
   </si>
   <si>
     <t>63821</t>
   </si>
   <si>
     <t>63822</t>
   </si>
   <si>
+    <t>63863</t>
+  </si>
+  <si>
     <t>63823</t>
   </si>
   <si>
     <t>63824</t>
   </si>
   <si>
     <t>63825</t>
   </si>
   <si>
+    <t>63841</t>
+  </si>
+  <si>
     <t>63826</t>
   </si>
   <si>
     <t>63827</t>
   </si>
   <si>
     <t>63828</t>
   </si>
   <si>
     <t>63829</t>
   </si>
   <si>
     <t>63830</t>
   </si>
   <si>
     <t>63833</t>
   </si>
   <si>
+    <t>63873</t>
+  </si>
+  <si>
     <t>63834</t>
   </si>
   <si>
     <t>63837</t>
   </si>
   <si>
     <t>63839</t>
   </si>
   <si>
     <t>63840</t>
   </si>
   <si>
-    <t>63841</t>
-[...1 lines deleted...]
-  <si>
     <t>63845</t>
   </si>
   <si>
     <t>63846</t>
   </si>
   <si>
     <t>63847</t>
   </si>
   <si>
     <t>63848</t>
   </si>
   <si>
-    <t>63849</t>
+    <t>63879</t>
   </si>
   <si>
     <t>63850</t>
   </si>
   <si>
     <t>63851</t>
   </si>
   <si>
     <t>63852</t>
   </si>
   <si>
+    <t>63857</t>
+  </si>
+  <si>
     <t>63853</t>
   </si>
   <si>
     <t>63855</t>
   </si>
   <si>
-    <t>63857</t>
-[...1 lines deleted...]
-  <si>
     <t>63860</t>
   </si>
   <si>
     <t>63862</t>
   </si>
   <si>
-    <t>63863</t>
-[...1 lines deleted...]
-  <si>
     <t>63866</t>
   </si>
   <si>
     <t>63867</t>
   </si>
   <si>
     <t>63868</t>
   </si>
   <si>
     <t>63869</t>
   </si>
   <si>
     <t>63870</t>
   </si>
   <si>
-    <t>63873</t>
-[...1 lines deleted...]
-  <si>
     <t>63874</t>
   </si>
   <si>
     <t>63876</t>
   </si>
   <si>
     <t>63877</t>
   </si>
   <si>
     <t>63878</t>
   </si>
   <si>
-    <t>63879</t>
-[...1 lines deleted...]
-  <si>
     <t>63880</t>
   </si>
   <si>
     <t>63882</t>
   </si>
   <si>
     <t>63901</t>
   </si>
   <si>
-    <t>63902</t>
-[...1 lines deleted...]
-  <si>
     <t>63932</t>
   </si>
   <si>
     <t>63933</t>
   </si>
   <si>
-    <t>63934</t>
+    <t>63964</t>
   </si>
   <si>
     <t>63935</t>
   </si>
   <si>
     <t>63936</t>
   </si>
   <si>
     <t>63937</t>
   </si>
   <si>
     <t>63939</t>
   </si>
   <si>
     <t>63940</t>
   </si>
   <si>
-    <t>63941</t>
-[...2 lines deleted...]
-    <t>63942</t>
+    <t>63965</t>
   </si>
   <si>
     <t>63943</t>
   </si>
   <si>
     <t>63944</t>
   </si>
   <si>
     <t>63945</t>
   </si>
   <si>
-    <t>63950</t>
-[...1 lines deleted...]
-  <si>
     <t>63951</t>
   </si>
   <si>
-    <t>63952</t>
-[...1 lines deleted...]
-  <si>
     <t>63953</t>
   </si>
   <si>
     <t>63954</t>
   </si>
   <si>
     <t>63955</t>
   </si>
   <si>
     <t>63956</t>
   </si>
   <si>
-    <t>63957</t>
-[...1 lines deleted...]
-  <si>
     <t>63960</t>
   </si>
   <si>
     <t>63961</t>
   </si>
   <si>
-    <t>63962</t>
-[...7 lines deleted...]
-  <si>
     <t>63966</t>
   </si>
   <si>
     <t>63967</t>
   </si>
   <si>
     <t>64001</t>
   </si>
   <si>
+    <t>64020</t>
+  </si>
+  <si>
     <t>64011</t>
   </si>
   <si>
+    <t>64075</t>
+  </si>
+  <si>
     <t>64012</t>
   </si>
   <si>
-    <t>64013</t>
-[...1 lines deleted...]
-  <si>
     <t>64014</t>
   </si>
   <si>
-    <t>64015</t>
-[...1 lines deleted...]
-  <si>
     <t>64016</t>
   </si>
   <si>
-    <t>64017</t>
+    <t>64077</t>
   </si>
   <si>
     <t>64018</t>
   </si>
   <si>
+    <t>64098</t>
+  </si>
+  <si>
     <t>64019</t>
   </si>
   <si>
-    <t>64020</t>
+    <t>64093</t>
   </si>
   <si>
     <t>64021</t>
   </si>
   <si>
     <t>64022</t>
   </si>
   <si>
     <t>64024</t>
   </si>
   <si>
     <t>64028</t>
   </si>
   <si>
     <t>64029</t>
   </si>
   <si>
     <t>64030</t>
   </si>
   <si>
     <t>64034</t>
   </si>
   <si>
+    <t>64081</t>
+  </si>
+  <si>
     <t>64035</t>
   </si>
   <si>
+    <t>64085</t>
+  </si>
+  <si>
     <t>64036</t>
   </si>
   <si>
     <t>64037</t>
   </si>
   <si>
     <t>64040</t>
   </si>
   <si>
     <t>64048</t>
   </si>
   <si>
+    <t>64060</t>
+  </si>
+  <si>
     <t>64050</t>
   </si>
   <si>
-    <t>64051</t>
-[...1 lines deleted...]
-  <si>
     <t>64052</t>
   </si>
   <si>
-    <t>64053</t>
-[...4 lines deleted...]
-  <si>
     <t>64055</t>
   </si>
   <si>
-    <t>64056</t>
-[...10 lines deleted...]
-  <si>
     <t>64061</t>
   </si>
   <si>
     <t>64062</t>
   </si>
   <si>
-    <t>64063</t>
-[...1 lines deleted...]
-  <si>
     <t>64064</t>
   </si>
   <si>
     <t>64066</t>
   </si>
   <si>
     <t>64067</t>
   </si>
   <si>
     <t>64068</t>
   </si>
   <si>
-    <t>64069</t>
-[...1 lines deleted...]
-  <si>
     <t>64070</t>
   </si>
   <si>
     <t>64071</t>
   </si>
   <si>
     <t>64072</t>
   </si>
   <si>
     <t>64074</t>
   </si>
   <si>
-    <t>64075</t>
+    <t>64097</t>
   </si>
   <si>
     <t>64076</t>
   </si>
   <si>
-    <t>64077</t>
-[...1 lines deleted...]
-  <si>
     <t>64078</t>
   </si>
   <si>
     <t>64079</t>
   </si>
   <si>
     <t>64080</t>
   </si>
   <si>
-    <t>64081</t>
-[...4 lines deleted...]
-  <si>
     <t>64083</t>
   </si>
   <si>
-    <t>64084</t>
-[...7 lines deleted...]
-  <si>
     <t>64088</t>
   </si>
   <si>
     <t>64089</t>
   </si>
   <si>
-    <t>64090</t>
-[...1 lines deleted...]
-  <si>
     <t>64092</t>
   </si>
   <si>
-    <t>64093</t>
-[...1 lines deleted...]
-  <si>
     <t>64096</t>
   </si>
   <si>
-    <t>64097</t>
-[...8 lines deleted...]
-    <t>64105</t>
+    <t>64108</t>
   </si>
   <si>
     <t>64106</t>
   </si>
   <si>
-    <t>64108</t>
-[...7 lines deleted...]
-  <si>
     <t>64111</t>
   </si>
   <si>
-    <t>64112</t>
+    <t>64131</t>
+  </si>
+  <si>
+    <t>64114</t>
   </si>
   <si>
     <t>64113</t>
   </si>
   <si>
-    <t>64114</t>
+    <t>64145</t>
   </si>
   <si>
     <t>64116</t>
   </si>
   <si>
-    <t>64117</t>
-[...1 lines deleted...]
-  <si>
     <t>64118</t>
   </si>
   <si>
     <t>64119</t>
   </si>
   <si>
+    <t>64156</t>
+  </si>
+  <si>
     <t>64120</t>
   </si>
   <si>
+    <t>64127</t>
+  </si>
+  <si>
     <t>64121</t>
   </si>
   <si>
     <t>64123</t>
   </si>
   <si>
-    <t>64124</t>
-[...4 lines deleted...]
-  <si>
     <t>64126</t>
   </si>
   <si>
-    <t>64127</t>
-[...1 lines deleted...]
-  <si>
     <t>64128</t>
   </si>
   <si>
-    <t>64129</t>
-[...1 lines deleted...]
-  <si>
     <t>64130</t>
   </si>
   <si>
-    <t>64131</t>
-[...4 lines deleted...]
-  <si>
     <t>64133</t>
   </si>
   <si>
     <t>64134</t>
   </si>
   <si>
-    <t>64136</t>
-[...4 lines deleted...]
-  <si>
     <t>64138</t>
   </si>
   <si>
-    <t>64139</t>
-[...19 lines deleted...]
-  <si>
     <t>64150</t>
   </si>
   <si>
-    <t>64151</t>
-[...1 lines deleted...]
-  <si>
     <t>64152</t>
   </si>
   <si>
     <t>64153</t>
   </si>
   <si>
     <t>64154</t>
   </si>
   <si>
-    <t>64155</t>
-[...46 lines deleted...]
-  <si>
     <t>64401</t>
   </si>
   <si>
     <t>64402</t>
   </si>
   <si>
     <t>64420</t>
   </si>
   <si>
     <t>64421</t>
   </si>
   <si>
-    <t>64422</t>
+    <t>64485</t>
+  </si>
+  <si>
+    <t>64469</t>
   </si>
   <si>
     <t>64423</t>
   </si>
   <si>
     <t>64424</t>
   </si>
   <si>
     <t>64426</t>
   </si>
   <si>
     <t>64427</t>
   </si>
   <si>
     <t>64428</t>
   </si>
   <si>
+    <t>64468</t>
+  </si>
+  <si>
     <t>64429</t>
   </si>
   <si>
     <t>64430</t>
   </si>
   <si>
     <t>64431</t>
   </si>
   <si>
     <t>64432</t>
   </si>
   <si>
+    <t>64489</t>
+  </si>
+  <si>
     <t>64433</t>
   </si>
   <si>
     <t>64434</t>
   </si>
   <si>
     <t>64436</t>
   </si>
   <si>
     <t>64437</t>
   </si>
   <si>
-    <t>64438</t>
-[...1 lines deleted...]
-  <si>
     <t>64439</t>
   </si>
   <si>
     <t>64440</t>
   </si>
   <si>
+    <t>64484</t>
+  </si>
+  <si>
     <t>64441</t>
   </si>
   <si>
+    <t>64456</t>
+  </si>
+  <si>
     <t>64442</t>
   </si>
   <si>
     <t>64443</t>
   </si>
   <si>
     <t>64444</t>
   </si>
   <si>
+    <t>64492</t>
+  </si>
+  <si>
     <t>64445</t>
   </si>
   <si>
     <t>64446</t>
   </si>
   <si>
     <t>64448</t>
   </si>
   <si>
     <t>64449</t>
   </si>
   <si>
     <t>64451</t>
   </si>
   <si>
     <t>64453</t>
   </si>
   <si>
     <t>64454</t>
   </si>
   <si>
     <t>64455</t>
   </si>
   <si>
-    <t>64456</t>
-[...1 lines deleted...]
-  <si>
     <t>64457</t>
   </si>
   <si>
-    <t>64458</t>
-[...1 lines deleted...]
-  <si>
     <t>64459</t>
   </si>
   <si>
     <t>64461</t>
   </si>
   <si>
     <t>64463</t>
   </si>
   <si>
     <t>64465</t>
   </si>
   <si>
+    <t>64477</t>
+  </si>
+  <si>
     <t>64466</t>
   </si>
   <si>
-    <t>64467</t>
-[...7 lines deleted...]
-  <si>
     <t>64470</t>
   </si>
   <si>
     <t>64471</t>
   </si>
   <si>
     <t>64473</t>
   </si>
   <si>
     <t>64474</t>
   </si>
   <si>
     <t>64475</t>
   </si>
   <si>
     <t>64476</t>
   </si>
   <si>
-    <t>64477</t>
-[...1 lines deleted...]
-  <si>
     <t>64479</t>
   </si>
   <si>
     <t>64480</t>
   </si>
   <si>
     <t>64481</t>
   </si>
   <si>
     <t>64482</t>
   </si>
   <si>
     <t>64483</t>
   </si>
   <si>
-    <t>64484</t>
-[...4 lines deleted...]
-  <si>
     <t>64486</t>
   </si>
   <si>
     <t>64487</t>
   </si>
   <si>
-    <t>64489</t>
-[...1 lines deleted...]
-  <si>
     <t>64490</t>
   </si>
   <si>
     <t>64491</t>
   </si>
   <si>
-    <t>64492</t>
-[...1 lines deleted...]
-  <si>
     <t>64493</t>
   </si>
   <si>
     <t>64494</t>
   </si>
   <si>
-    <t>64496</t>
-[...1 lines deleted...]
-  <si>
     <t>64497</t>
   </si>
   <si>
     <t>64498</t>
   </si>
   <si>
-    <t>64499</t>
-[...1 lines deleted...]
-  <si>
     <t>64501</t>
   </si>
   <si>
-    <t>64502</t>
-[...2 lines deleted...]
-    <t>64503</t>
+    <t>64506</t>
   </si>
   <si>
     <t>64504</t>
   </si>
   <si>
-    <t>64505</t>
-[...10 lines deleted...]
-  <si>
     <t>64601</t>
   </si>
   <si>
     <t>64620</t>
   </si>
   <si>
+    <t>64689</t>
+  </si>
+  <si>
     <t>64622</t>
   </si>
   <si>
     <t>64623</t>
   </si>
   <si>
     <t>64624</t>
   </si>
   <si>
     <t>64625</t>
   </si>
   <si>
     <t>64628</t>
   </si>
   <si>
     <t>64630</t>
   </si>
   <si>
     <t>64631</t>
   </si>
   <si>
+    <t>64658</t>
+  </si>
+  <si>
     <t>64632</t>
   </si>
   <si>
+    <t>64673</t>
+  </si>
+  <si>
     <t>64633</t>
   </si>
   <si>
     <t>64635</t>
   </si>
   <si>
     <t>64636</t>
   </si>
   <si>
+    <t>64670</t>
+  </si>
+  <si>
     <t>64637</t>
   </si>
   <si>
     <t>64638</t>
   </si>
   <si>
+    <t>64656</t>
+  </si>
+  <si>
     <t>64639</t>
   </si>
   <si>
     <t>64640</t>
   </si>
   <si>
     <t>64641</t>
   </si>
   <si>
-    <t>64642</t>
+    <t>64683</t>
   </si>
   <si>
     <t>64643</t>
   </si>
   <si>
     <t>64644</t>
   </si>
   <si>
-    <t>64645</t>
-[...2 lines deleted...]
-    <t>64646</t>
+    <t>64667</t>
   </si>
   <si>
     <t>64647</t>
   </si>
   <si>
     <t>64648</t>
   </si>
   <si>
     <t>64649</t>
   </si>
   <si>
     <t>64650</t>
   </si>
   <si>
+    <t>64671</t>
+  </si>
+  <si>
     <t>64651</t>
   </si>
   <si>
+    <t>64653</t>
+  </si>
+  <si>
     <t>64652</t>
   </si>
   <si>
-    <t>64653</t>
-[...1 lines deleted...]
-  <si>
     <t>64655</t>
   </si>
   <si>
-    <t>64656</t>
+    <t>64661</t>
   </si>
   <si>
     <t>64657</t>
   </si>
   <si>
-    <t>64658</t>
-[...1 lines deleted...]
-  <si>
     <t>64659</t>
   </si>
   <si>
     <t>64660</t>
   </si>
   <si>
-    <t>64661</t>
-[...7 lines deleted...]
-  <si>
     <t>64668</t>
   </si>
   <si>
-    <t>64670</t>
-[...4 lines deleted...]
-  <si>
     <t>64672</t>
   </si>
   <si>
-    <t>64673</t>
-[...1 lines deleted...]
-  <si>
     <t>64674</t>
   </si>
   <si>
     <t>64676</t>
   </si>
   <si>
     <t>64679</t>
   </si>
   <si>
     <t>64681</t>
   </si>
   <si>
     <t>64682</t>
   </si>
   <si>
-    <t>64683</t>
-[...1 lines deleted...]
-  <si>
     <t>64686</t>
   </si>
   <si>
     <t>64688</t>
   </si>
   <si>
-    <t>64689</t>
-[...1 lines deleted...]
-  <si>
     <t>64701</t>
   </si>
   <si>
     <t>64720</t>
   </si>
   <si>
     <t>64722</t>
   </si>
   <si>
+    <t>64730</t>
+  </si>
+  <si>
     <t>64723</t>
   </si>
   <si>
     <t>64724</t>
   </si>
   <si>
     <t>64725</t>
   </si>
   <si>
     <t>64726</t>
   </si>
   <si>
+    <t>64747</t>
+  </si>
+  <si>
     <t>64728</t>
   </si>
   <si>
-    <t>64730</t>
-[...1 lines deleted...]
-  <si>
     <t>64733</t>
   </si>
   <si>
+    <t>64735</t>
+  </si>
+  <si>
     <t>64734</t>
   </si>
   <si>
-    <t>64735</t>
-[...1 lines deleted...]
-  <si>
     <t>64738</t>
   </si>
   <si>
+    <t>64776</t>
+  </si>
+  <si>
     <t>64739</t>
   </si>
   <si>
     <t>64740</t>
   </si>
   <si>
+    <t>64763</t>
+  </si>
+  <si>
     <t>64741</t>
   </si>
   <si>
     <t>64742</t>
   </si>
   <si>
     <t>64743</t>
   </si>
   <si>
     <t>64744</t>
   </si>
   <si>
     <t>64745</t>
   </si>
   <si>
+    <t>64779</t>
+  </si>
+  <si>
     <t>64746</t>
   </si>
   <si>
-    <t>64747</t>
-[...1 lines deleted...]
-  <si>
     <t>64748</t>
   </si>
   <si>
     <t>64750</t>
   </si>
   <si>
+    <t>64783</t>
+  </si>
+  <si>
     <t>64752</t>
   </si>
   <si>
     <t>64755</t>
   </si>
   <si>
-    <t>64756</t>
-[...1 lines deleted...]
-  <si>
     <t>64759</t>
   </si>
   <si>
     <t>64761</t>
   </si>
   <si>
     <t>64762</t>
   </si>
   <si>
-    <t>64763</t>
-[...1 lines deleted...]
-  <si>
     <t>64765</t>
   </si>
   <si>
     <t>64767</t>
   </si>
   <si>
+    <t>64772</t>
+  </si>
+  <si>
     <t>64769</t>
   </si>
   <si>
     <t>64770</t>
   </si>
   <si>
-    <t>64771</t>
-[...7 lines deleted...]
-  <si>
     <t>64778</t>
   </si>
   <si>
-    <t>64779</t>
-[...4 lines deleted...]
-  <si>
     <t>64781</t>
   </si>
   <si>
-    <t>64783</t>
-[...1 lines deleted...]
-  <si>
     <t>64784</t>
   </si>
   <si>
     <t>64788</t>
   </si>
   <si>
     <t>64790</t>
   </si>
   <si>
     <t>64801</t>
   </si>
   <si>
-    <t>64802</t>
-[...4 lines deleted...]
-  <si>
     <t>64804</t>
   </si>
   <si>
     <t>64830</t>
   </si>
   <si>
     <t>64831</t>
   </si>
   <si>
     <t>64832</t>
   </si>
   <si>
+    <t>64834</t>
+  </si>
+  <si>
     <t>64833</t>
   </si>
   <si>
-    <t>64834</t>
-[...1 lines deleted...]
-  <si>
     <t>64835</t>
   </si>
   <si>
+    <t>64870</t>
+  </si>
+  <si>
     <t>64836</t>
   </si>
   <si>
     <t>64840</t>
   </si>
   <si>
     <t>64841</t>
   </si>
   <si>
     <t>64842</t>
   </si>
   <si>
+    <t>64874</t>
+  </si>
+  <si>
     <t>64843</t>
   </si>
   <si>
+    <t>64850</t>
+  </si>
+  <si>
     <t>64844</t>
   </si>
   <si>
     <t>64847</t>
   </si>
   <si>
     <t>64848</t>
   </si>
   <si>
-    <t>64849</t>
-[...2 lines deleted...]
-    <t>64850</t>
+    <t>64862</t>
+  </si>
+  <si>
+    <t>64857</t>
   </si>
   <si>
     <t>64854</t>
   </si>
   <si>
     <t>64855</t>
   </si>
   <si>
     <t>64856</t>
   </si>
   <si>
-    <t>64857</t>
-[...1 lines deleted...]
-  <si>
     <t>64858</t>
   </si>
   <si>
     <t>64859</t>
   </si>
   <si>
     <t>64861</t>
   </si>
   <si>
-    <t>64862</t>
-[...1 lines deleted...]
-  <si>
     <t>64863</t>
   </si>
   <si>
     <t>64864</t>
   </si>
   <si>
     <t>64865</t>
   </si>
   <si>
     <t>64866</t>
   </si>
   <si>
     <t>64867</t>
   </si>
   <si>
     <t>64868</t>
   </si>
   <si>
-    <t>64870</t>
-[...7 lines deleted...]
-  <si>
     <t>65001</t>
   </si>
   <si>
     <t>65010</t>
   </si>
   <si>
-    <t>65011</t>
+    <t>65026</t>
   </si>
   <si>
     <t>65013</t>
   </si>
   <si>
     <t>65014</t>
   </si>
   <si>
+    <t>65066</t>
+  </si>
+  <si>
     <t>65016</t>
   </si>
   <si>
+    <t>65054</t>
+  </si>
+  <si>
     <t>65017</t>
   </si>
   <si>
     <t>65018</t>
   </si>
   <si>
     <t>65020</t>
   </si>
   <si>
     <t>65023</t>
   </si>
   <si>
     <t>65024</t>
   </si>
   <si>
     <t>65025</t>
   </si>
   <si>
-    <t>65026</t>
-[...1 lines deleted...]
-  <si>
     <t>65032</t>
   </si>
   <si>
     <t>65034</t>
   </si>
   <si>
     <t>65035</t>
   </si>
   <si>
     <t>65037</t>
   </si>
   <si>
-    <t>65038</t>
-[...1 lines deleted...]
-  <si>
     <t>65039</t>
   </si>
   <si>
     <t>65040</t>
   </si>
   <si>
     <t>65041</t>
   </si>
   <si>
     <t>65042</t>
   </si>
   <si>
     <t>65043</t>
   </si>
   <si>
     <t>65046</t>
   </si>
   <si>
     <t>65047</t>
   </si>
   <si>
-    <t>65048</t>
-[...1 lines deleted...]
-  <si>
     <t>65049</t>
   </si>
   <si>
     <t>65050</t>
   </si>
   <si>
     <t>65051</t>
   </si>
   <si>
     <t>65052</t>
   </si>
   <si>
     <t>65053</t>
   </si>
   <si>
-    <t>65054</t>
-[...1 lines deleted...]
-  <si>
     <t>65055</t>
   </si>
   <si>
     <t>65058</t>
   </si>
   <si>
     <t>65059</t>
   </si>
   <si>
     <t>65061</t>
   </si>
   <si>
-    <t>65062</t>
-[...1 lines deleted...]
-  <si>
     <t>65063</t>
   </si>
   <si>
     <t>65064</t>
   </si>
   <si>
     <t>65065</t>
   </si>
   <si>
-    <t>65066</t>
-[...1 lines deleted...]
-  <si>
     <t>65067</t>
   </si>
   <si>
     <t>65068</t>
   </si>
   <si>
     <t>65069</t>
   </si>
   <si>
     <t>65072</t>
   </si>
   <si>
     <t>65074</t>
   </si>
   <si>
     <t>65075</t>
   </si>
   <si>
     <t>65076</t>
   </si>
   <si>
     <t>65077</t>
   </si>
   <si>
     <t>65078</t>
@@ -2384,19493 +1921,16170 @@
   <si>
     <t>65079</t>
   </si>
   <si>
     <t>65080</t>
   </si>
   <si>
     <t>65081</t>
   </si>
   <si>
     <t>65082</t>
   </si>
   <si>
     <t>65083</t>
   </si>
   <si>
     <t>65084</t>
   </si>
   <si>
     <t>65085</t>
   </si>
   <si>
     <t>65101</t>
   </si>
   <si>
-    <t>65102</t>
-[...1 lines deleted...]
-  <si>
     <t>65109</t>
   </si>
   <si>
-    <t>65110</t>
-[...1 lines deleted...]
-  <si>
     <t>65201</t>
   </si>
   <si>
-    <t>65202</t>
-[...1 lines deleted...]
-  <si>
     <t>65203</t>
   </si>
   <si>
-    <t>65205</t>
-[...1 lines deleted...]
-  <si>
     <t>65230</t>
   </si>
   <si>
+    <t>65254</t>
+  </si>
+  <si>
     <t>65231</t>
   </si>
   <si>
     <t>65232</t>
   </si>
   <si>
+    <t>65265</t>
+  </si>
+  <si>
     <t>65233</t>
   </si>
   <si>
     <t>65236</t>
   </si>
   <si>
     <t>65237</t>
   </si>
   <si>
     <t>65239</t>
   </si>
   <si>
     <t>65240</t>
   </si>
   <si>
     <t>65243</t>
   </si>
   <si>
     <t>65244</t>
   </si>
   <si>
-    <t>65246</t>
-[...1 lines deleted...]
-  <si>
     <t>65247</t>
   </si>
   <si>
     <t>65248</t>
   </si>
   <si>
     <t>65250</t>
   </si>
   <si>
+    <t>65274</t>
+  </si>
+  <si>
     <t>65251</t>
   </si>
   <si>
-    <t>65254</t>
-[...1 lines deleted...]
-  <si>
     <t>65255</t>
   </si>
   <si>
     <t>65256</t>
   </si>
   <si>
     <t>65257</t>
   </si>
   <si>
     <t>65258</t>
   </si>
   <si>
     <t>65259</t>
   </si>
   <si>
     <t>65260</t>
   </si>
   <si>
     <t>65261</t>
   </si>
   <si>
     <t>65262</t>
   </si>
   <si>
     <t>65263</t>
   </si>
   <si>
     <t>65264</t>
   </si>
   <si>
-    <t>65265</t>
-[...1 lines deleted...]
-  <si>
     <t>65270</t>
   </si>
   <si>
-    <t>65274</t>
-[...1 lines deleted...]
-  <si>
     <t>65275</t>
   </si>
   <si>
     <t>65276</t>
   </si>
   <si>
     <t>65278</t>
   </si>
   <si>
     <t>65279</t>
   </si>
   <si>
     <t>65280</t>
   </si>
   <si>
     <t>65281</t>
   </si>
   <si>
     <t>65282</t>
   </si>
   <si>
     <t>65283</t>
   </si>
   <si>
     <t>65284</t>
   </si>
   <si>
     <t>65285</t>
   </si>
   <si>
-    <t>65286</t>
-[...1 lines deleted...]
-  <si>
     <t>65287</t>
   </si>
   <si>
     <t>65301</t>
   </si>
   <si>
-    <t>65302</t>
-[...1 lines deleted...]
-  <si>
     <t>65305</t>
   </si>
   <si>
+    <t>65336</t>
+  </si>
+  <si>
     <t>65320</t>
   </si>
   <si>
     <t>65321</t>
   </si>
   <si>
     <t>65322</t>
   </si>
   <si>
     <t>65323</t>
   </si>
   <si>
     <t>65324</t>
   </si>
   <si>
     <t>65325</t>
   </si>
   <si>
     <t>65326</t>
   </si>
   <si>
     <t>65327</t>
   </si>
   <si>
     <t>65329</t>
   </si>
   <si>
     <t>65330</t>
   </si>
   <si>
+    <t>65349</t>
+  </si>
+  <si>
     <t>65332</t>
   </si>
   <si>
     <t>65333</t>
   </si>
   <si>
+    <t>65337</t>
+  </si>
+  <si>
     <t>65334</t>
   </si>
   <si>
     <t>65335</t>
   </si>
   <si>
-    <t>65336</t>
-[...4 lines deleted...]
-  <si>
     <t>65338</t>
   </si>
   <si>
     <t>65339</t>
   </si>
   <si>
     <t>65340</t>
   </si>
   <si>
     <t>65344</t>
   </si>
   <si>
-    <t>65345</t>
-[...4 lines deleted...]
-  <si>
     <t>65348</t>
   </si>
   <si>
-    <t>65349</t>
-[...1 lines deleted...]
-  <si>
     <t>65350</t>
   </si>
   <si>
     <t>65351</t>
   </si>
   <si>
     <t>65354</t>
   </si>
   <si>
     <t>65355</t>
   </si>
   <si>
     <t>65360</t>
   </si>
   <si>
     <t>65401</t>
   </si>
   <si>
-    <t>65402</t>
-[...2 lines deleted...]
-    <t>65436</t>
+    <t>65462</t>
   </si>
   <si>
     <t>65438</t>
   </si>
   <si>
     <t>65439</t>
   </si>
   <si>
     <t>65440</t>
   </si>
   <si>
     <t>65441</t>
   </si>
   <si>
-    <t>65443</t>
+    <t>65453</t>
+  </si>
+  <si>
+    <t>65459</t>
   </si>
   <si>
     <t>65444</t>
   </si>
   <si>
+    <t>65483</t>
+  </si>
+  <si>
     <t>65446</t>
   </si>
   <si>
-    <t>65449</t>
+    <t>65560</t>
   </si>
   <si>
     <t>65452</t>
   </si>
   <si>
-    <t>65453</t>
-[...14 lines deleted...]
-    <t>65462</t>
+    <t>65583</t>
   </si>
   <si>
     <t>65463</t>
   </si>
   <si>
+    <t>65536</t>
+  </si>
+  <si>
     <t>65464</t>
   </si>
   <si>
     <t>65466</t>
   </si>
   <si>
-    <t>65468</t>
-[...1 lines deleted...]
-  <si>
     <t>65470</t>
   </si>
   <si>
     <t>65473</t>
   </si>
   <si>
     <t>65479</t>
   </si>
   <si>
-    <t>65483</t>
+    <t>65548</t>
   </si>
   <si>
     <t>65484</t>
   </si>
   <si>
     <t>65486</t>
   </si>
   <si>
     <t>65501</t>
   </si>
   <si>
-    <t>65529</t>
-[...1 lines deleted...]
-  <si>
     <t>65532</t>
   </si>
   <si>
     <t>65534</t>
   </si>
   <si>
     <t>65535</t>
   </si>
   <si>
-    <t>65536</t>
-[...4 lines deleted...]
-  <si>
     <t>65542</t>
   </si>
   <si>
-    <t>65543</t>
-[...4 lines deleted...]
-  <si>
     <t>65550</t>
   </si>
   <si>
-    <t>65552</t>
-[...1 lines deleted...]
-  <si>
     <t>65555</t>
   </si>
   <si>
     <t>65556</t>
   </si>
   <si>
     <t>65557</t>
   </si>
   <si>
     <t>65559</t>
   </si>
   <si>
-    <t>65560</t>
-[...4 lines deleted...]
-  <si>
     <t>65565</t>
   </si>
   <si>
     <t>65566</t>
   </si>
   <si>
     <t>65567</t>
   </si>
   <si>
     <t>65570</t>
   </si>
   <si>
     <t>65571</t>
   </si>
   <si>
     <t>65580</t>
   </si>
   <si>
     <t>65582</t>
   </si>
   <si>
-    <t>65583</t>
-[...1 lines deleted...]
-  <si>
     <t>65584</t>
   </si>
   <si>
     <t>65586</t>
   </si>
   <si>
     <t>65588</t>
   </si>
   <si>
-    <t>65589</t>
-[...1 lines deleted...]
-  <si>
     <t>65590</t>
   </si>
   <si>
     <t>65591</t>
   </si>
   <si>
     <t>65601</t>
   </si>
   <si>
+    <t>65613</t>
+  </si>
+  <si>
     <t>65603</t>
   </si>
   <si>
+    <t>65661</t>
+  </si>
+  <si>
     <t>65604</t>
   </si>
   <si>
     <t>65605</t>
   </si>
   <si>
     <t>65606</t>
   </si>
   <si>
+    <t>65791</t>
+  </si>
+  <si>
     <t>65608</t>
   </si>
   <si>
-    <t>65609</t>
+    <t>65626</t>
   </si>
   <si>
     <t>65610</t>
   </si>
   <si>
+    <t>65738</t>
+  </si>
+  <si>
     <t>65611</t>
   </si>
   <si>
     <t>65612</t>
   </si>
   <si>
-    <t>65613</t>
+    <t>65781</t>
   </si>
   <si>
     <t>65614</t>
   </si>
   <si>
-    <t>65615</t>
+    <t>65753</t>
   </si>
   <si>
     <t>65616</t>
   </si>
   <si>
+    <t>65672</t>
+  </si>
+  <si>
     <t>65617</t>
   </si>
   <si>
-    <t>65618</t>
+    <t>65655</t>
   </si>
   <si>
     <t>65619</t>
   </si>
   <si>
     <t>65620</t>
   </si>
   <si>
     <t>65622</t>
   </si>
   <si>
     <t>65624</t>
   </si>
   <si>
+    <t>65737</t>
+  </si>
+  <si>
     <t>65625</t>
   </si>
   <si>
-    <t>65626</t>
-[...1 lines deleted...]
-  <si>
     <t>65627</t>
   </si>
   <si>
+    <t>65653</t>
+  </si>
+  <si>
     <t>65629</t>
   </si>
   <si>
-    <t>65630</t>
+    <t>65721</t>
   </si>
   <si>
     <t>65631</t>
   </si>
   <si>
     <t>65632</t>
   </si>
   <si>
     <t>65633</t>
   </si>
   <si>
+    <t>65656</t>
+  </si>
+  <si>
     <t>65634</t>
   </si>
   <si>
-    <t>65635</t>
+    <t>65668</t>
+  </si>
+  <si>
+    <t>65770</t>
   </si>
   <si>
     <t>65636</t>
   </si>
   <si>
     <t>65637</t>
   </si>
   <si>
-    <t>65638</t>
+    <t>65711</t>
   </si>
   <si>
     <t>65640</t>
   </si>
   <si>
+    <t>65785</t>
+  </si>
+  <si>
     <t>65641</t>
   </si>
   <si>
     <t>65644</t>
   </si>
   <si>
+    <t>65706</t>
+  </si>
+  <si>
     <t>65646</t>
   </si>
   <si>
     <t>65647</t>
   </si>
   <si>
     <t>65648</t>
   </si>
   <si>
     <t>65649</t>
   </si>
   <si>
     <t>65650</t>
   </si>
   <si>
+    <t>65674</t>
+  </si>
+  <si>
     <t>65652</t>
   </si>
   <si>
-    <t>65653</t>
-[...11 lines deleted...]
-    <t>65657</t>
+    <t>65742</t>
+  </si>
+  <si>
+    <t>65708</t>
   </si>
   <si>
     <t>65658</t>
   </si>
   <si>
+    <t>65747</t>
+  </si>
+  <si>
     <t>65660</t>
   </si>
   <si>
-    <t>65661</t>
-[...1 lines deleted...]
-  <si>
     <t>65662</t>
   </si>
   <si>
+    <t>65667</t>
+  </si>
+  <si>
     <t>65663</t>
   </si>
   <si>
     <t>65664</t>
   </si>
   <si>
-    <t>65666</t>
-[...7 lines deleted...]
-  <si>
     <t>65669</t>
   </si>
   <si>
-    <t>65672</t>
-[...1 lines deleted...]
-  <si>
     <t>65673</t>
   </si>
   <si>
-    <t>65674</t>
-[...1 lines deleted...]
-  <si>
     <t>65675</t>
   </si>
   <si>
     <t>65676</t>
   </si>
   <si>
+    <t>65761</t>
+  </si>
+  <si>
     <t>65679</t>
   </si>
   <si>
     <t>65680</t>
   </si>
   <si>
     <t>65681</t>
   </si>
   <si>
+    <t>65686</t>
+  </si>
+  <si>
     <t>65682</t>
   </si>
   <si>
     <t>65685</t>
   </si>
   <si>
-    <t>65686</t>
-[...1 lines deleted...]
-  <si>
     <t>65688</t>
   </si>
   <si>
     <t>65689</t>
   </si>
   <si>
-    <t>65690</t>
+    <t>65793</t>
   </si>
   <si>
     <t>65692</t>
   </si>
   <si>
     <t>65702</t>
   </si>
   <si>
+    <t>65746</t>
+  </si>
+  <si>
     <t>65704</t>
   </si>
   <si>
     <t>65705</t>
   </si>
   <si>
-    <t>65706</t>
-[...1 lines deleted...]
-  <si>
     <t>65707</t>
   </si>
   <si>
-    <t>65708</t>
+    <t>65712</t>
   </si>
   <si>
     <t>65710</t>
   </si>
   <si>
-    <t>65711</t>
-[...4 lines deleted...]
-  <si>
     <t>65713</t>
   </si>
   <si>
     <t>65714</t>
   </si>
   <si>
-    <t>65715</t>
-[...1 lines deleted...]
-  <si>
     <t>65717</t>
   </si>
   <si>
     <t>65720</t>
   </si>
   <si>
-    <t>65721</t>
-[...1 lines deleted...]
-  <si>
     <t>65722</t>
   </si>
   <si>
     <t>65723</t>
   </si>
   <si>
     <t>65724</t>
   </si>
   <si>
     <t>65725</t>
   </si>
   <si>
     <t>65726</t>
   </si>
   <si>
-    <t>65727</t>
-[...4 lines deleted...]
-  <si>
     <t>65729</t>
   </si>
   <si>
     <t>65730</t>
   </si>
   <si>
+    <t>65772</t>
+  </si>
+  <si>
     <t>65731</t>
   </si>
   <si>
     <t>65732</t>
   </si>
   <si>
     <t>65733</t>
   </si>
   <si>
     <t>65734</t>
   </si>
   <si>
-    <t>65735</t>
-[...5 lines deleted...]
-    <t>65738</t>
+    <t>65774</t>
   </si>
   <si>
     <t>65739</t>
   </si>
   <si>
     <t>65740</t>
   </si>
   <si>
-    <t>65741</t>
-[...7 lines deleted...]
-  <si>
     <t>65745</t>
   </si>
   <si>
-    <t>65746</t>
-[...10 lines deleted...]
-  <si>
     <t>65754</t>
   </si>
   <si>
     <t>65755</t>
   </si>
   <si>
     <t>65756</t>
   </si>
   <si>
     <t>65757</t>
   </si>
   <si>
     <t>65759</t>
   </si>
   <si>
     <t>65760</t>
   </si>
   <si>
-    <t>65761</t>
-[...1 lines deleted...]
-  <si>
     <t>65762</t>
   </si>
   <si>
     <t>65764</t>
   </si>
   <si>
+    <t>65767</t>
+  </si>
+  <si>
     <t>65765</t>
   </si>
   <si>
-    <t>65766</t>
-[...7 lines deleted...]
-  <si>
     <t>65769</t>
   </si>
   <si>
-    <t>65770</t>
-[...7 lines deleted...]
-  <si>
     <t>65773</t>
   </si>
   <si>
-    <t>65774</t>
-[...1 lines deleted...]
-  <si>
     <t>65775</t>
   </si>
   <si>
-    <t>65777</t>
-[...1 lines deleted...]
-  <si>
     <t>65778</t>
   </si>
   <si>
     <t>65779</t>
   </si>
   <si>
-    <t>65781</t>
-[...13 lines deleted...]
-  <si>
     <t>65787</t>
   </si>
   <si>
     <t>65788</t>
   </si>
   <si>
     <t>65789</t>
   </si>
   <si>
     <t>65790</t>
   </si>
   <si>
-    <t>65791</t>
-[...4 lines deleted...]
-  <si>
     <t>65801</t>
   </si>
   <si>
-    <t>65802</t>
-[...2 lines deleted...]
-    <t>65803</t>
+    <t>65807</t>
   </si>
   <si>
     <t>65804</t>
   </si>
   <si>
-    <t>65805</t>
-[...20 lines deleted...]
-    <t>Fenton</t>
+    <t>Zip_Code</t>
+  </si>
+  <si>
+    <t>City</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>Indicator</t>
   </si>
   <si>
     <t>Saint Louis</t>
   </si>
   <si>
+    <t>Jefferson</t>
+  </si>
+  <si>
+    <t>Franklin</t>
+  </si>
+  <si>
+    <t>Saint Francois</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>Saint Clair</t>
+  </si>
+  <si>
+    <t>Sullivan</t>
+  </si>
+  <si>
+    <t>Gasconade</t>
+  </si>
+  <si>
+    <t>Saint Louis City</t>
+  </si>
+  <si>
+    <t>Saint Charles</t>
+  </si>
+  <si>
+    <t>Montgomery</t>
+  </si>
+  <si>
+    <t>Pike</t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>Lincoln</t>
+  </si>
+  <si>
+    <t>Audrain</t>
+  </si>
+  <si>
+    <t>Callaway</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>Clark</t>
+  </si>
+  <si>
+    <t>Scotland</t>
+  </si>
+  <si>
+    <t>Shelby</t>
+  </si>
+  <si>
+    <t>Lewis</t>
+  </si>
+  <si>
+    <t>Ralls</t>
+  </si>
+  <si>
+    <t>Knox</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Adair</t>
+  </si>
+  <si>
+    <t>Macon</t>
+  </si>
+  <si>
+    <t>Schuyler</t>
+  </si>
+  <si>
+    <t>Putnam</t>
+  </si>
+  <si>
+    <t>Linn</t>
+  </si>
+  <si>
+    <t>Iron</t>
+  </si>
+  <si>
     <t>Reynolds</t>
   </si>
   <si>
-    <t>Lees Summit</t>
-[...628 lines deleted...]
-  <si>
     <t>Sainte Genevieve</t>
   </si>
   <si>
-    <t>Bonne Terre</t>
-[...28 lines deleted...]
-  <si>
     <t>Madison</t>
   </si>
   <si>
-    <t>Irondale</t>
-[...22 lines deleted...]
-  <si>
     <t>Bollinger</t>
   </si>
   <si>
-    <t>Pilot Knob</t>
-[...16 lines deleted...]
-  <si>
     <t>Cape Girardeau</t>
   </si>
   <si>
-    <t>Advance</t>
-[...1 lines deleted...]
-  <si>
     <t>Stoddard</t>
   </si>
   <si>
-    <t>Altenburg</t>
-[...4 lines deleted...]
-  <si>
     <t>Benton</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
-    <t>Brazeau</t>
-[...37 lines deleted...]
-  <si>
     <t>Jackson</t>
   </si>
   <si>
-    <t>Kelso</t>
-[...7 lines deleted...]
-  <si>
     <t>Wayne</t>
   </si>
   <si>
-    <t>Marble Hill</t>
-[...52 lines deleted...]
-  <si>
     <t>Mississippi</t>
   </si>
   <si>
-    <t>Arbyrd</t>
-[...1 lines deleted...]
-  <si>
     <t>Dunklin</t>
   </si>
   <si>
-    <t>Bernie</t>
-[...13 lines deleted...]
-  <si>
     <t>Pemiscot</t>
   </si>
   <si>
-    <t>Bragg City</t>
-[...4 lines deleted...]
-  <si>
     <t>New Madrid</t>
   </si>
   <si>
-    <t>Cardwell</t>
-[...103 lines deleted...]
-  <si>
     <t>Butler</t>
   </si>
   <si>
-    <t>Broseley</t>
-[...10 lines deleted...]
-  <si>
     <t>Ripley</t>
   </si>
   <si>
-    <t>Dudley</t>
-[...4 lines deleted...]
-  <si>
     <t>Carter</t>
   </si>
   <si>
-    <t>Fairdealing</t>
-[...67 lines deleted...]
-  <si>
     <t>Lafayette</t>
   </si>
   <si>
-    <t>Bates City</t>
-[...4 lines deleted...]
-  <si>
     <t>Cass</t>
   </si>
   <si>
-    <t>Blue Springs</t>
-[...4 lines deleted...]
-  <si>
     <t>Camden</t>
   </si>
   <si>
     <t>Ray</t>
   </si>
   <si>
-    <t>Camden Point</t>
-[...1 lines deleted...]
-  <si>
     <t>Platte</t>
   </si>
   <si>
-    <t>Centerview</t>
-[...1 lines deleted...]
-  <si>
     <t>Johnson</t>
   </si>
   <si>
-    <t>Concordia</t>
-[...10 lines deleted...]
-  <si>
     <t>Clay</t>
   </si>
   <si>
-    <t>Farley</t>
-[...22 lines deleted...]
-  <si>
     <t>Holt</t>
   </si>
   <si>
-    <t>Independence</t>
-[...88 lines deleted...]
-  <si>
     <t>Buchanan</t>
   </si>
   <si>
-    <t>Albany</t>
-[...1 lines deleted...]
-  <si>
     <t>Gentry</t>
   </si>
   <si>
-    <t>Allendale</t>
-[...1 lines deleted...]
-  <si>
     <t>Worth</t>
   </si>
   <si>
-    <t>Amazonia</t>
-[...1 lines deleted...]
-  <si>
     <t>Andrew</t>
   </si>
   <si>
-    <t>Amity</t>
-[...1 lines deleted...]
-  <si>
     <t>Dekalb</t>
   </si>
   <si>
-    <t>Barnard</t>
-[...1 lines deleted...]
-  <si>
     <t>Nodaway</t>
   </si>
   <si>
-    <t>Bethany</t>
-[...1 lines deleted...]
-  <si>
     <t>Harrison</t>
   </si>
   <si>
-    <t>Blythedale</t>
-[...10 lines deleted...]
-  <si>
     <t>Clinton</t>
   </si>
   <si>
-    <t>Clarksdale</t>
-[...46 lines deleted...]
-  <si>
     <t>Atchison</t>
   </si>
   <si>
-    <t>Faucett</t>
-[...52 lines deleted...]
-  <si>
     <t>Oregon</t>
   </si>
   <si>
-    <t>Osborn</t>
-[...70 lines deleted...]
-  <si>
     <t>Livingston</t>
   </si>
   <si>
-    <t>Altamont</t>
-[...1 lines deleted...]
-  <si>
     <t>Daviess</t>
   </si>
   <si>
-    <t>Bogard</t>
-[...1 lines deleted...]
-  <si>
     <t>Carroll</t>
   </si>
   <si>
-    <t>Bosworth</t>
-[...4 lines deleted...]
-  <si>
     <t>Caldwell</t>
   </si>
   <si>
-    <t>Breckenridge</t>
-[...37 lines deleted...]
-  <si>
     <t>Grundy</t>
   </si>
   <si>
-    <t>Gilman City</t>
-[...25 lines deleted...]
-  <si>
     <t>Laclede</t>
   </si>
   <si>
-    <t>Laredo</t>
-[...22 lines deleted...]
-  <si>
     <t>Chariton</t>
   </si>
   <si>
     <t>Mercer</t>
   </si>
   <si>
-    <t>Mooresville</t>
-[...52 lines deleted...]
-  <si>
     <t>Bates</t>
   </si>
   <si>
-    <t>Amoret</t>
-[...13 lines deleted...]
-  <si>
     <t>Henry</t>
   </si>
   <si>
-    <t>Bronaugh</t>
-[...1 lines deleted...]
-  <si>
     <t>Vernon</t>
   </si>
   <si>
-    <t>Chilhowee</t>
-[...25 lines deleted...]
-  <si>
     <t>Cedar</t>
   </si>
   <si>
-    <t>Foster</t>
-[...10 lines deleted...]
-  <si>
     <t>Barton</t>
   </si>
   <si>
-    <t>Harwood</t>
-[...4 lines deleted...]
-  <si>
     <t>Jasper</t>
   </si>
   <si>
-    <t>Jerico Springs</t>
-[...67 lines deleted...]
-  <si>
     <t>Mcdonald</t>
   </si>
   <si>
-    <t>Asbury</t>
-[...16 lines deleted...]
-  <si>
     <t>Newton</t>
   </si>
   <si>
-    <t>Duenweg</t>
-[...73 lines deleted...]
-  <si>
     <t>Barry</t>
   </si>
   <si>
-    <t>Argyle</t>
-[...1 lines deleted...]
-  <si>
     <t>Osage</t>
   </si>
   <si>
-    <t>Ashland</t>
-[...1 lines deleted...]
-  <si>
     <t>Boone</t>
   </si>
   <si>
-    <t>Barnett</t>
-[...1 lines deleted...]
-  <si>
     <t>Morgan</t>
   </si>
   <si>
-    <t>Belle</t>
-[...1 lines deleted...]
-  <si>
     <t>Maries</t>
   </si>
   <si>
-    <t>Bland</t>
-[...7 lines deleted...]
-  <si>
     <t>Miller</t>
   </si>
   <si>
-    <t>California</t>
-[...1 lines deleted...]
-  <si>
     <t>Moniteau</t>
   </si>
   <si>
-    <t>Camdenton</t>
-[...4 lines deleted...]
-  <si>
     <t>Cole</t>
   </si>
   <si>
-    <t>Chamois</t>
-[...94 lines deleted...]
-  <si>
     <t>Cooper</t>
   </si>
   <si>
-    <t>Rhineland</t>
-[...43 lines deleted...]
-  <si>
     <t>Howard</t>
   </si>
   <si>
-    <t>Auxvasse</t>
-[...16 lines deleted...]
-  <si>
     <t>Randolph</t>
   </si>
   <si>
-    <t>Centralia</t>
-[...94 lines deleted...]
-  <si>
     <t>Pettis</t>
   </si>
   <si>
-    <t>Whiteman Air Force Bas</t>
-[...4 lines deleted...]
-  <si>
     <t>Saline</t>
   </si>
   <si>
-    <t>Blackburn</t>
-[...79 lines deleted...]
-  <si>
     <t>Phelps</t>
   </si>
   <si>
-    <t>Beulah</t>
-[...4 lines deleted...]
-  <si>
     <t>Shannon</t>
   </si>
   <si>
-    <t>Bixby</t>
-[...4 lines deleted...]
-  <si>
     <t>Dent</t>
   </si>
   <si>
-    <t>Bourbon</t>
-[...1 lines deleted...]
-  <si>
     <t>Crawford</t>
   </si>
   <si>
-    <t>Brinktown</t>
-[...4 lines deleted...]
-  <si>
     <t>Texas</t>
   </si>
   <si>
-    <t>Cherryville</t>
-[...7 lines deleted...]
-  <si>
     <t>Pulaski</t>
   </si>
   <si>
-    <t>Cuba</t>
-[...76 lines deleted...]
-  <si>
     <t>Howell</t>
   </si>
   <si>
-    <t>Newburg</t>
-[...61 lines deleted...]
-  <si>
     <t>Dallas</t>
   </si>
   <si>
-    <t>Montreal</t>
-[...4 lines deleted...]
-  <si>
     <t>Polk</t>
   </si>
   <si>
-    <t>Arcola</t>
-[...1 lines deleted...]
-  <si>
     <t>Dade</t>
   </si>
   <si>
-    <t>Ash Grove</t>
-[...1 lines deleted...]
-  <si>
     <t>Greene</t>
   </si>
   <si>
-    <t>Aurora</t>
-[...1 lines deleted...]
-  <si>
     <t>Lawrence</t>
   </si>
   <si>
-    <t>Alton</t>
-[...4 lines deleted...]
-  <si>
     <t>Douglas</t>
   </si>
   <si>
-    <t>Bakersfield</t>
-[...1 lines deleted...]
-  <si>
     <t>Ozark</t>
   </si>
   <si>
-    <t>Billings</t>
-[...1 lines deleted...]
-  <si>
     <t>Christian</t>
   </si>
   <si>
-    <t>Blue Eye</t>
-[...1 lines deleted...]
-  <si>
     <t>Stone</t>
   </si>
   <si>
-    <t>Bois D Arc</t>
-[...7 lines deleted...]
-  <si>
     <t>Taney</t>
   </si>
   <si>
-    <t>Branson</t>
-[...46 lines deleted...]
-  <si>
     <t>Hickory</t>
   </si>
   <si>
-    <t>Dadeville</t>
-[...4 lines deleted...]
-  <si>
     <t>Webster</t>
   </si>
   <si>
-    <t>Dora</t>
-[...52 lines deleted...]
-  <si>
     <t>Wright</t>
   </si>
   <si>
-    <t>Greenfield</t>
-[...287 lines deleted...]
-    <t>Indicator</t>
+    <t>CHESTERFIELD</t>
+  </si>
+  <si>
+    <t>ARNOLD</t>
+  </si>
+  <si>
+    <t>BALLWIN</t>
+  </si>
+  <si>
+    <t>MANCHESTER</t>
+  </si>
+  <si>
+    <t>BARNHART</t>
+  </si>
+  <si>
+    <t>IMPERIAL</t>
+  </si>
+  <si>
+    <t>BEAUFORT</t>
+  </si>
+  <si>
+    <t>BERGER</t>
+  </si>
+  <si>
+    <t>CATAWISSA</t>
+  </si>
+  <si>
+    <t>VILLA RIDGE</t>
+  </si>
+  <si>
+    <t>CEDAR HILL</t>
+  </si>
+  <si>
+    <t>CRYSTAL CITY</t>
+  </si>
+  <si>
+    <t>FESTUS</t>
+  </si>
+  <si>
+    <t>DE SOTO</t>
+  </si>
+  <si>
+    <t>DITTMER</t>
+  </si>
+  <si>
+    <t>EUREKA</t>
+  </si>
+  <si>
+    <t>FENTON</t>
+  </si>
+  <si>
+    <t>FLETCHER</t>
+  </si>
+  <si>
+    <t>FLORISSANT</t>
+  </si>
+  <si>
+    <t>FRENCH VILLAGE</t>
+  </si>
+  <si>
+    <t>GERALD</t>
+  </si>
+  <si>
+    <t>WILDWOOD</t>
+  </si>
+  <si>
+    <t>GRAY SUMMIT</t>
+  </si>
+  <si>
+    <t>GRUBVILLE</t>
+  </si>
+  <si>
+    <t>HAZELWOOD</t>
+  </si>
+  <si>
+    <t>MARYLAND HEIGHTS</t>
+  </si>
+  <si>
+    <t>BRIDGETON</t>
+  </si>
+  <si>
+    <t>HEMATITE</t>
+  </si>
+  <si>
+    <t>HERCULANEUM</t>
+  </si>
+  <si>
+    <t>HIGH RIDGE</t>
+  </si>
+  <si>
+    <t>HILLSBORO</t>
+  </si>
+  <si>
+    <t>HOUSE SPRINGS</t>
+  </si>
+  <si>
+    <t>KIMMSWICK</t>
+  </si>
+  <si>
+    <t>LABADIE</t>
+  </si>
+  <si>
+    <t>LESLIE</t>
+  </si>
+  <si>
+    <t>LONEDELL</t>
+  </si>
+  <si>
+    <t>MAPAVILLE</t>
+  </si>
+  <si>
+    <t>MORSE MILL</t>
+  </si>
+  <si>
+    <t>NEW HAVEN</t>
+  </si>
+  <si>
+    <t>WASHINGTON</t>
+  </si>
+  <si>
+    <t>PACIFIC</t>
+  </si>
+  <si>
+    <t>PEVELY</t>
+  </si>
+  <si>
+    <t>RICHWOODS</t>
+  </si>
+  <si>
+    <t>ROBERTSVILLE</t>
+  </si>
+  <si>
+    <t>SAINT ALBANS</t>
+  </si>
+  <si>
+    <t>SAINT ANN</t>
+  </si>
+  <si>
+    <t>SAINT CLAIR</t>
+  </si>
+  <si>
+    <t>STANTON</t>
+  </si>
+  <si>
+    <t>SULLIVAN</t>
+  </si>
+  <si>
+    <t>UNION</t>
+  </si>
+  <si>
+    <t>VALLES MINES</t>
+  </si>
+  <si>
+    <t>VALLEY PARK</t>
+  </si>
+  <si>
+    <t>ROSEBUD</t>
+  </si>
+  <si>
+    <t>SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>63155</t>
+  </si>
+  <si>
+    <t>SAINT CHARLES</t>
+  </si>
+  <si>
+    <t>ELSBERRY</t>
+  </si>
+  <si>
+    <t>AUGUSTA</t>
+  </si>
+  <si>
+    <t>BELLFLOWER</t>
+  </si>
+  <si>
+    <t>BOWLING GREEN</t>
+  </si>
+  <si>
+    <t>CLARKSVILLE</t>
+  </si>
+  <si>
+    <t>COTTLEVILLE</t>
+  </si>
+  <si>
+    <t>CURRYVILLE</t>
+  </si>
+  <si>
+    <t>DEFIANCE</t>
+  </si>
+  <si>
+    <t>DUTZOW</t>
+  </si>
+  <si>
+    <t>EOLIA</t>
+  </si>
+  <si>
+    <t>FARBER</t>
+  </si>
+  <si>
+    <t>LADDONIA</t>
+  </si>
+  <si>
+    <t>FLINTHILL</t>
+  </si>
+  <si>
+    <t>FOLEY</t>
+  </si>
+  <si>
+    <t>FORISTELL</t>
+  </si>
+  <si>
+    <t>HAWK POINT</t>
+  </si>
+  <si>
+    <t>HIGH HILL</t>
+  </si>
+  <si>
+    <t>MONTGOMERY CITY</t>
+  </si>
+  <si>
+    <t>JONESBURG</t>
+  </si>
+  <si>
+    <t>WARRENTON</t>
+  </si>
+  <si>
+    <t>LOUISIANA</t>
+  </si>
+  <si>
+    <t>MARTHASVILLE</t>
+  </si>
+  <si>
+    <t>MIDDLETOWN</t>
+  </si>
+  <si>
+    <t>MOSCOW MILLS</t>
+  </si>
+  <si>
+    <t>TROY</t>
+  </si>
+  <si>
+    <t>NEW FLORENCE</t>
+  </si>
+  <si>
+    <t>NEW MELLE</t>
+  </si>
+  <si>
+    <t>O FALLON</t>
+  </si>
+  <si>
+    <t>OLD MONROE</t>
+  </si>
+  <si>
+    <t>PORTAGE DES SIOUX</t>
+  </si>
+  <si>
+    <t>SAINT PETERS</t>
+  </si>
+  <si>
+    <t>SILEX</t>
+  </si>
+  <si>
+    <t>TRUXTON</t>
+  </si>
+  <si>
+    <t>VANDALIA</t>
+  </si>
+  <si>
+    <t>WELLSVILLE</t>
+  </si>
+  <si>
+    <t>WENTZVILLE</t>
+  </si>
+  <si>
+    <t>WHITESIDE</t>
+  </si>
+  <si>
+    <t>WILLIAMSBURG</t>
+  </si>
+  <si>
+    <t>WINFIELD</t>
+  </si>
+  <si>
+    <t>WRIGHT CITY</t>
+  </si>
+  <si>
+    <t>HANNIBAL</t>
+  </si>
+  <si>
+    <t>ALEXANDRIA</t>
+  </si>
+  <si>
+    <t>KAHOKA</t>
+  </si>
+  <si>
+    <t>WYACONDA</t>
+  </si>
+  <si>
+    <t>FRANKFORD</t>
+  </si>
+  <si>
+    <t>SHELBYVILLE</t>
+  </si>
+  <si>
+    <t>CANTON</t>
+  </si>
+  <si>
+    <t>CENTER</t>
+  </si>
+  <si>
+    <t>CLARENCE</t>
+  </si>
+  <si>
+    <t>SHELBINA</t>
+  </si>
+  <si>
+    <t>EWING</t>
+  </si>
+  <si>
+    <t>EMDEN</t>
+  </si>
+  <si>
+    <t>PHILADELPHIA</t>
+  </si>
+  <si>
+    <t>HUNNEWELL</t>
+  </si>
+  <si>
+    <t>MONROE CITY</t>
+  </si>
+  <si>
+    <t>KNOX CITY</t>
+  </si>
+  <si>
+    <t>LA BELLE</t>
+  </si>
+  <si>
+    <t>LA GRANGE</t>
+  </si>
+  <si>
+    <t>LEONARD</t>
+  </si>
+  <si>
+    <t>LEWISTOWN</t>
+  </si>
+  <si>
+    <t>PALMYRA</t>
+  </si>
+  <si>
+    <t>MONTICELLO</t>
+  </si>
+  <si>
+    <t>NEWARK</t>
+  </si>
+  <si>
+    <t>NOVELTY</t>
+  </si>
+  <si>
+    <t>PERRY</t>
+  </si>
+  <si>
+    <t>REVERE</t>
+  </si>
+  <si>
+    <t>SAINT PATRICK</t>
+  </si>
+  <si>
+    <t>WAYLAND</t>
+  </si>
+  <si>
+    <t>KIRKSVILLE</t>
+  </si>
+  <si>
+    <t>ATLANTA</t>
+  </si>
+  <si>
+    <t>BARING</t>
+  </si>
+  <si>
+    <t>BEVIER</t>
+  </si>
+  <si>
+    <t>BRASHEAR</t>
+  </si>
+  <si>
+    <t>CALLAO</t>
+  </si>
+  <si>
+    <t>LANCASTER</t>
+  </si>
+  <si>
+    <t>DOWNING</t>
+  </si>
+  <si>
+    <t>EDINA</t>
+  </si>
+  <si>
+    <t>ELMER</t>
+  </si>
+  <si>
+    <t>LA PLATA</t>
+  </si>
+  <si>
+    <t>ETHEL</t>
+  </si>
+  <si>
+    <t>NEW CAMBRIA</t>
+  </si>
+  <si>
+    <t>RUTLEDGE</t>
+  </si>
+  <si>
+    <t>GREEN CASTLE</t>
+  </si>
+  <si>
+    <t>GREENTOP</t>
+  </si>
+  <si>
+    <t>HURDLAND</t>
+  </si>
+  <si>
+    <t>LIVONIA</t>
+  </si>
+  <si>
+    <t>QUEEN CITY</t>
+  </si>
+  <si>
+    <t>MACON</t>
+  </si>
+  <si>
+    <t>MEMPHIS</t>
+  </si>
+  <si>
+    <t>MILAN</t>
+  </si>
+  <si>
+    <t>NEW BOSTON</t>
+  </si>
+  <si>
+    <t>NOVINGER</t>
+  </si>
+  <si>
+    <t>POLLOCK</t>
+  </si>
+  <si>
+    <t>UNIONVILLE</t>
+  </si>
+  <si>
+    <t>WINIGAN</t>
+  </si>
+  <si>
+    <t>DESLOGE</t>
+  </si>
+  <si>
+    <t>ANNAPOLIS</t>
+  </si>
+  <si>
+    <t>PIEDMONT</t>
+  </si>
+  <si>
+    <t>IRONTON</t>
+  </si>
+  <si>
+    <t>BELGRADE</t>
+  </si>
+  <si>
+    <t>POTOSI</t>
+  </si>
+  <si>
+    <t>BISMARCK</t>
+  </si>
+  <si>
+    <t>BLACK</t>
+  </si>
+  <si>
+    <t>SAINTE GENEVIEVE</t>
+  </si>
+  <si>
+    <t>BONNE TERRE</t>
+  </si>
+  <si>
+    <t>BUNKER</t>
+  </si>
+  <si>
+    <t>CADET</t>
+  </si>
+  <si>
+    <t>CALEDONIA</t>
+  </si>
+  <si>
+    <t>CENTERVILLE</t>
+  </si>
+  <si>
+    <t>DOE RUN</t>
+  </si>
+  <si>
+    <t>ELLINGTON</t>
+  </si>
+  <si>
+    <t>FARMINGTON</t>
+  </si>
+  <si>
+    <t>FREDERICKTOWN</t>
+  </si>
+  <si>
+    <t>IRONDALE</t>
+  </si>
+  <si>
+    <t>KNOB LICK</t>
+  </si>
+  <si>
+    <t>LESTERVILLE</t>
+  </si>
+  <si>
+    <t>MARQUAND</t>
+  </si>
+  <si>
+    <t>MINERAL POINT</t>
+  </si>
+  <si>
+    <t>PATTON</t>
+  </si>
+  <si>
+    <t>PILOT KNOB</t>
+  </si>
+  <si>
+    <t>REDFORD</t>
+  </si>
+  <si>
+    <t>SAINT MARY</t>
+  </si>
+  <si>
+    <t>TIFF</t>
+  </si>
+  <si>
+    <t>CAPE GIRARDEAU</t>
+  </si>
+  <si>
+    <t>ADVANCE</t>
+  </si>
+  <si>
+    <t>CHAFFEE</t>
+  </si>
+  <si>
+    <t>ALTENBURG</t>
+  </si>
+  <si>
+    <t>PERRYVILLE</t>
+  </si>
+  <si>
+    <t>PERKINS</t>
+  </si>
+  <si>
+    <t>BENTON</t>
+  </si>
+  <si>
+    <t>BROWNWOOD</t>
+  </si>
+  <si>
+    <t>JACKSON</t>
+  </si>
+  <si>
+    <t>OAK RIDGE</t>
+  </si>
+  <si>
+    <t>DELTA</t>
+  </si>
+  <si>
+    <t>FROHNA</t>
+  </si>
+  <si>
+    <t>GIPSY</t>
+  </si>
+  <si>
+    <t>ZALMA</t>
+  </si>
+  <si>
+    <t>MARBLE HILL</t>
+  </si>
+  <si>
+    <t>GORDONVILLE</t>
+  </si>
+  <si>
+    <t>KELSO</t>
+  </si>
+  <si>
+    <t>LEOPOLD</t>
+  </si>
+  <si>
+    <t>MILLERSVILLE</t>
+  </si>
+  <si>
+    <t>MORLEY</t>
+  </si>
+  <si>
+    <t>OLD APPLETON</t>
+  </si>
+  <si>
+    <t>ORAN</t>
+  </si>
+  <si>
+    <t>POCAHONTAS</t>
+  </si>
+  <si>
+    <t>SCOTT CITY</t>
+  </si>
+  <si>
+    <t>SEDGEWICKVILLE</t>
+  </si>
+  <si>
+    <t>STURDIVANT</t>
+  </si>
+  <si>
+    <t>VANDUSER</t>
+  </si>
+  <si>
+    <t>WHITEWATER</t>
+  </si>
+  <si>
+    <t>SIKESTON</t>
+  </si>
+  <si>
+    <t>ANNISTON</t>
+  </si>
+  <si>
+    <t>ARBYRD</t>
+  </si>
+  <si>
+    <t>BERNIE</t>
+  </si>
+  <si>
+    <t>MALDEN</t>
+  </si>
+  <si>
+    <t>BERTRAND</t>
+  </si>
+  <si>
+    <t>BLODGETT</t>
+  </si>
+  <si>
+    <t>BLOOMFIELD</t>
+  </si>
+  <si>
+    <t>DEXTER</t>
+  </si>
+  <si>
+    <t>BRAGGADOCIO</t>
+  </si>
+  <si>
+    <t>BRAGG CITY</t>
+  </si>
+  <si>
+    <t>CANALOU</t>
+  </si>
+  <si>
+    <t>CARDWELL</t>
+  </si>
+  <si>
+    <t>CARUTHERSVILLE</t>
+  </si>
+  <si>
+    <t>CATRON</t>
+  </si>
+  <si>
+    <t>PORTAGEVILLE</t>
+  </si>
+  <si>
+    <t>CHARLESTON</t>
+  </si>
+  <si>
+    <t>CLARKTON</t>
+  </si>
+  <si>
+    <t>COOTER</t>
+  </si>
+  <si>
+    <t>DEERING</t>
+  </si>
+  <si>
+    <t>EAST PRAIRIE</t>
+  </si>
+  <si>
+    <t>ESSEX</t>
+  </si>
+  <si>
+    <t>GIBSON</t>
+  </si>
+  <si>
+    <t>GIDEON</t>
+  </si>
+  <si>
+    <t>KENNETT</t>
+  </si>
+  <si>
+    <t>WARDELL</t>
+  </si>
+  <si>
+    <t>GRAYRIDGE</t>
+  </si>
+  <si>
+    <t>HAYTI</t>
+  </si>
+  <si>
+    <t>HOLCOMB</t>
+  </si>
+  <si>
+    <t>HOLLAND</t>
+  </si>
+  <si>
+    <t>HORNERSVILLE</t>
+  </si>
+  <si>
+    <t>KEWANEE</t>
+  </si>
+  <si>
+    <t>LILBOURN</t>
+  </si>
+  <si>
+    <t>MARSTON</t>
+  </si>
+  <si>
+    <t>MATTHEWS</t>
+  </si>
+  <si>
+    <t>MOREHOUSE</t>
+  </si>
+  <si>
+    <t>NEW MADRID</t>
+  </si>
+  <si>
+    <t>PARMA</t>
+  </si>
+  <si>
+    <t>RISCO</t>
+  </si>
+  <si>
+    <t>SENATH</t>
+  </si>
+  <si>
+    <t>STEELE</t>
+  </si>
+  <si>
+    <t>TALLAPOOSA</t>
+  </si>
+  <si>
+    <t>WHITEOAK</t>
+  </si>
+  <si>
+    <t>WYATT</t>
+  </si>
+  <si>
+    <t>POPLAR BLUFF</t>
+  </si>
+  <si>
+    <t>BROSELEY</t>
+  </si>
+  <si>
+    <t>CAMPBELL</t>
+  </si>
+  <si>
+    <t>SILVA</t>
+  </si>
+  <si>
+    <t>DONIPHAN</t>
+  </si>
+  <si>
+    <t>DUDLEY</t>
+  </si>
+  <si>
+    <t>ELLSINORE</t>
+  </si>
+  <si>
+    <t>FAIRDEALING</t>
+  </si>
+  <si>
+    <t>FISK</t>
+  </si>
+  <si>
+    <t>VAN BUREN</t>
+  </si>
+  <si>
+    <t>GRANDIN</t>
+  </si>
+  <si>
+    <t>GREENVILLE</t>
+  </si>
+  <si>
+    <t>HARVIELL</t>
+  </si>
+  <si>
+    <t>LOWNDES</t>
+  </si>
+  <si>
+    <t>NAYLOR</t>
+  </si>
+  <si>
+    <t>NEELYVILLE</t>
+  </si>
+  <si>
+    <t>OXLY</t>
+  </si>
+  <si>
+    <t>PATTERSON</t>
+  </si>
+  <si>
+    <t>PUXICO</t>
+  </si>
+  <si>
+    <t>QULIN</t>
+  </si>
+  <si>
+    <t>WAPPAPELLO</t>
+  </si>
+  <si>
+    <t>WILLIAMSVILLE</t>
+  </si>
+  <si>
+    <t>ALMA</t>
+  </si>
+  <si>
+    <t>CONCORDIA</t>
+  </si>
+  <si>
+    <t>BATES CITY</t>
+  </si>
+  <si>
+    <t>OAK GROVE</t>
+  </si>
+  <si>
+    <t>BELTON</t>
+  </si>
+  <si>
+    <t>BLUE SPRINGS</t>
+  </si>
+  <si>
+    <t>BUCKNER</t>
+  </si>
+  <si>
+    <t>ORRICK</t>
+  </si>
+  <si>
+    <t>CAMDEN POINT</t>
+  </si>
+  <si>
+    <t>WESTON</t>
+  </si>
+  <si>
+    <t>CENTERVIEW</t>
+  </si>
+  <si>
+    <t>WARRENSBURG</t>
+  </si>
+  <si>
+    <t>CORDER</t>
+  </si>
+  <si>
+    <t>DOVER</t>
+  </si>
+  <si>
+    <t>EXCELSIOR SPRINGS</t>
+  </si>
+  <si>
+    <t>FARLEY</t>
+  </si>
+  <si>
+    <t>GRAIN VALLEY</t>
+  </si>
+  <si>
+    <t>GRANDVIEW</t>
+  </si>
+  <si>
+    <t>GREENWOOD</t>
+  </si>
+  <si>
+    <t>LEES SUMMIT</t>
+  </si>
+  <si>
+    <t>HARDIN</t>
+  </si>
+  <si>
+    <t>RICHMOND</t>
+  </si>
+  <si>
+    <t>HENRIETTA</t>
+  </si>
+  <si>
+    <t>HIGGINSVILLE</t>
+  </si>
+  <si>
+    <t>HOLDEN</t>
+  </si>
+  <si>
+    <t>HOLT</t>
+  </si>
+  <si>
+    <t>KEARNEY</t>
+  </si>
+  <si>
+    <t>INDEPENDENCE</t>
+  </si>
+  <si>
+    <t>KINGSVILLE</t>
+  </si>
+  <si>
+    <t>LAWSON</t>
+  </si>
+  <si>
+    <t>LEVASY</t>
+  </si>
+  <si>
+    <t>LEXINGTON</t>
+  </si>
+  <si>
+    <t>LIBERTY</t>
+  </si>
+  <si>
+    <t>LONE JACK</t>
+  </si>
+  <si>
+    <t>MAYVIEW</t>
+  </si>
+  <si>
+    <t>MISSOURI CITY</t>
+  </si>
+  <si>
+    <t>NAPOLEON</t>
+  </si>
+  <si>
+    <t>WELLINGTON</t>
+  </si>
+  <si>
+    <t>ODESSA</t>
+  </si>
+  <si>
+    <t>PECULIAR</t>
+  </si>
+  <si>
+    <t>PLATTE CITY</t>
+  </si>
+  <si>
+    <t>PLEASANT HILL</t>
+  </si>
+  <si>
+    <t>RAYMORE</t>
+  </si>
+  <si>
+    <t>SIBLEY</t>
+  </si>
+  <si>
+    <t>SMITHVILLE</t>
+  </si>
+  <si>
+    <t>WALDRON</t>
+  </si>
+  <si>
+    <t>WAVERLY</t>
+  </si>
+  <si>
+    <t>KANSAS CITY</t>
+  </si>
+  <si>
+    <t>RAYTOWN</t>
+  </si>
+  <si>
+    <t>PARKVILLE</t>
+  </si>
+  <si>
+    <t>RIVERSIDE</t>
+  </si>
+  <si>
+    <t>AGENCY</t>
+  </si>
+  <si>
+    <t>ALBANY</t>
+  </si>
+  <si>
+    <t>ALLENDALE</t>
+  </si>
+  <si>
+    <t>AMAZONIA</t>
+  </si>
+  <si>
+    <t>SAVANNAH</t>
+  </si>
+  <si>
+    <t>MAYSVILLE</t>
+  </si>
+  <si>
+    <t>BARNARD</t>
+  </si>
+  <si>
+    <t>BETHANY</t>
+  </si>
+  <si>
+    <t>BLYTHEDALE</t>
+  </si>
+  <si>
+    <t>BOLCKOW</t>
+  </si>
+  <si>
+    <t>BURLINGTON JUNCTION</t>
+  </si>
+  <si>
+    <t>MARYVILLE</t>
+  </si>
+  <si>
+    <t>CAMERON</t>
+  </si>
+  <si>
+    <t>CLARKSDALE</t>
+  </si>
+  <si>
+    <t>CLEARMONT</t>
+  </si>
+  <si>
+    <t>CLYDE</t>
+  </si>
+  <si>
+    <t>STANBERRY</t>
+  </si>
+  <si>
+    <t>CONCEPTION</t>
+  </si>
+  <si>
+    <t>CONCEPTION JUNCTION</t>
+  </si>
+  <si>
+    <t>COSBY</t>
+  </si>
+  <si>
+    <t>CRAIG</t>
+  </si>
+  <si>
+    <t>DEARBORN</t>
+  </si>
+  <si>
+    <t>DE KALB</t>
+  </si>
+  <si>
+    <t>RUSHVILLE</t>
+  </si>
+  <si>
+    <t>DENVER</t>
+  </si>
+  <si>
+    <t>GRANT CITY</t>
+  </si>
+  <si>
+    <t>EAGLEVILLE</t>
+  </si>
+  <si>
+    <t>EASTON</t>
+  </si>
+  <si>
+    <t>EDGERTON</t>
+  </si>
+  <si>
+    <t>TRIMBLE</t>
+  </si>
+  <si>
+    <t>ELMO</t>
+  </si>
+  <si>
+    <t>FAIRFAX</t>
+  </si>
+  <si>
+    <t>FAUCETT</t>
+  </si>
+  <si>
+    <t>FILLMORE</t>
+  </si>
+  <si>
+    <t>FOREST CITY</t>
+  </si>
+  <si>
+    <t>GENTRY</t>
+  </si>
+  <si>
+    <t>GOWER</t>
+  </si>
+  <si>
+    <t>GRAHAM</t>
+  </si>
+  <si>
+    <t>GUILFORD</t>
+  </si>
+  <si>
+    <t>HELENA</t>
+  </si>
+  <si>
+    <t>HOPKINS</t>
+  </si>
+  <si>
+    <t>KING CITY</t>
+  </si>
+  <si>
+    <t>LATHROP</t>
+  </si>
+  <si>
+    <t>PLATTSBURG</t>
+  </si>
+  <si>
+    <t>MAITLAND</t>
+  </si>
+  <si>
+    <t>MOUND CITY</t>
+  </si>
+  <si>
+    <t>NEW HAMPTON</t>
+  </si>
+  <si>
+    <t>OREGON</t>
+  </si>
+  <si>
+    <t>OSBORN</t>
+  </si>
+  <si>
+    <t>PARNELL</t>
+  </si>
+  <si>
+    <t>PICKERING</t>
+  </si>
+  <si>
+    <t>RAVENWOOD</t>
+  </si>
+  <si>
+    <t>REA</t>
+  </si>
+  <si>
+    <t>RIDGEWAY</t>
+  </si>
+  <si>
+    <t>ROCK PORT</t>
+  </si>
+  <si>
+    <t>ROSENDALE</t>
+  </si>
+  <si>
+    <t>SHERIDAN</t>
+  </si>
+  <si>
+    <t>SKIDMORE</t>
+  </si>
+  <si>
+    <t>STEWARTSVILLE</t>
+  </si>
+  <si>
+    <t>TARKIO</t>
+  </si>
+  <si>
+    <t>TURNEY</t>
+  </si>
+  <si>
+    <t>UNION STAR</t>
+  </si>
+  <si>
+    <t>WEATHERBY</t>
+  </si>
+  <si>
+    <t>WESTBORO</t>
+  </si>
+  <si>
+    <t>SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>CHILLICOTHE</t>
+  </si>
+  <si>
+    <t>ALTAMONT</t>
+  </si>
+  <si>
+    <t>WINSTON</t>
+  </si>
+  <si>
+    <t>BOGARD</t>
+  </si>
+  <si>
+    <t>BOSWORTH</t>
+  </si>
+  <si>
+    <t>BRAYMER</t>
+  </si>
+  <si>
+    <t>BRECKENRIDGE</t>
+  </si>
+  <si>
+    <t>BROOKFIELD</t>
+  </si>
+  <si>
+    <t>BROWNING</t>
+  </si>
+  <si>
+    <t>BUCKLIN</t>
+  </si>
+  <si>
+    <t>MARCELINE</t>
+  </si>
+  <si>
+    <t>CAINSVILLE</t>
+  </si>
+  <si>
+    <t>PRINCETON</t>
+  </si>
+  <si>
+    <t>CARROLLTON</t>
+  </si>
+  <si>
+    <t>CHULA</t>
+  </si>
+  <si>
+    <t>COFFEY</t>
+  </si>
+  <si>
+    <t>PATTONSBURG</t>
+  </si>
+  <si>
+    <t>COWGILL</t>
+  </si>
+  <si>
+    <t>DAWN</t>
+  </si>
+  <si>
+    <t>LUDLOW</t>
+  </si>
+  <si>
+    <t>DE WITT</t>
+  </si>
+  <si>
+    <t>GALLATIN</t>
+  </si>
+  <si>
+    <t>GALT</t>
+  </si>
+  <si>
+    <t>TRENTON</t>
+  </si>
+  <si>
+    <t>HALE</t>
+  </si>
+  <si>
+    <t>HAMILTON</t>
+  </si>
+  <si>
+    <t>NEWTOWN</t>
+  </si>
+  <si>
+    <t>JAMESON</t>
+  </si>
+  <si>
+    <t>JAMESPORT</t>
+  </si>
+  <si>
+    <t>KIDDER</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>POLO</t>
+  </si>
+  <si>
+    <t>LACLEDE</t>
+  </si>
+  <si>
+    <t>LINNEUS</t>
+  </si>
+  <si>
+    <t>LAREDO</t>
+  </si>
+  <si>
+    <t>LUCERNE</t>
+  </si>
+  <si>
+    <t>MERCER</t>
+  </si>
+  <si>
+    <t>MC FALL</t>
+  </si>
+  <si>
+    <t>MEADVILLE</t>
+  </si>
+  <si>
+    <t>MENDON</t>
+  </si>
+  <si>
+    <t>NORBORNE</t>
+  </si>
+  <si>
+    <t>POWERSVILLE</t>
+  </si>
+  <si>
+    <t>PURDIN</t>
+  </si>
+  <si>
+    <t>ROTHVILLE</t>
+  </si>
+  <si>
+    <t>SPICKARD</t>
+  </si>
+  <si>
+    <t>SUMNER</t>
+  </si>
+  <si>
+    <t>TINA</t>
+  </si>
+  <si>
+    <t>UTICA</t>
+  </si>
+  <si>
+    <t>WHEELING</t>
+  </si>
+  <si>
+    <t>HARRISONVILLE</t>
+  </si>
+  <si>
+    <t>ADRIAN</t>
+  </si>
+  <si>
+    <t>AMORET</t>
+  </si>
+  <si>
+    <t>BUTLER</t>
+  </si>
+  <si>
+    <t>AMSTERDAM</t>
+  </si>
+  <si>
+    <t>APPLETON CITY</t>
+  </si>
+  <si>
+    <t>ARCHIE</t>
+  </si>
+  <si>
+    <t>BLAIRSTOWN</t>
+  </si>
+  <si>
+    <t>GARDEN CITY</t>
+  </si>
+  <si>
+    <t>BRONAUGH</t>
+  </si>
+  <si>
+    <t>CHILHOWEE</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>CLEVELAND</t>
+  </si>
+  <si>
+    <t>COLLINS</t>
+  </si>
+  <si>
+    <t>OSCEOLA</t>
+  </si>
+  <si>
+    <t>CREIGHTON</t>
+  </si>
+  <si>
+    <t>DEEPWATER</t>
+  </si>
+  <si>
+    <t>LOWRY CITY</t>
+  </si>
+  <si>
+    <t>DEERFIELD</t>
+  </si>
+  <si>
+    <t>DREXEL</t>
+  </si>
+  <si>
+    <t>EAST LYNNE</t>
+  </si>
+  <si>
+    <t>EL DORADO SPRINGS</t>
+  </si>
+  <si>
+    <t>FOSTER</t>
+  </si>
+  <si>
+    <t>RICH HILL</t>
+  </si>
+  <si>
+    <t>FREEMAN</t>
+  </si>
+  <si>
+    <t>GOLDEN CITY</t>
+  </si>
+  <si>
+    <t>HARWOOD</t>
+  </si>
+  <si>
+    <t>SCHELL CITY</t>
+  </si>
+  <si>
+    <t>HUME</t>
+  </si>
+  <si>
+    <t>JASPER</t>
+  </si>
+  <si>
+    <t>LAMAR</t>
+  </si>
+  <si>
+    <t>LEETON</t>
+  </si>
+  <si>
+    <t>LIBERAL</t>
+  </si>
+  <si>
+    <t>METZ</t>
+  </si>
+  <si>
+    <t>MILO</t>
+  </si>
+  <si>
+    <t>NEVADA</t>
+  </si>
+  <si>
+    <t>MINDENMINES</t>
+  </si>
+  <si>
+    <t>MONTROSE</t>
+  </si>
+  <si>
+    <t>RICHARDS</t>
+  </si>
+  <si>
+    <t>ROSCOE</t>
+  </si>
+  <si>
+    <t>SHELDON</t>
+  </si>
+  <si>
+    <t>URICH</t>
+  </si>
+  <si>
+    <t>WALKER</t>
+  </si>
+  <si>
+    <t>JOPLIN</t>
+  </si>
+  <si>
+    <t>ALBA</t>
+  </si>
+  <si>
+    <t>ANDERSON</t>
+  </si>
+  <si>
+    <t>ASBURY</t>
+  </si>
+  <si>
+    <t>CARL JUNCTION</t>
+  </si>
+  <si>
+    <t>AVILLA</t>
+  </si>
+  <si>
+    <t>CARTERVILLE</t>
+  </si>
+  <si>
+    <t>WEBB CITY</t>
+  </si>
+  <si>
+    <t>CARTHAGE</t>
+  </si>
+  <si>
+    <t>DIAMOND</t>
+  </si>
+  <si>
+    <t>DUENWEG</t>
+  </si>
+  <si>
+    <t>FAIRVIEW</t>
+  </si>
+  <si>
+    <t>WHEATON</t>
+  </si>
+  <si>
+    <t>GOODMAN</t>
+  </si>
+  <si>
+    <t>NEOSHO</t>
+  </si>
+  <si>
+    <t>GRANBY</t>
+  </si>
+  <si>
+    <t>LANAGAN</t>
+  </si>
+  <si>
+    <t>LA RUSSELL</t>
+  </si>
+  <si>
+    <t>SARCOXIE</t>
+  </si>
+  <si>
+    <t>PURCELL</t>
+  </si>
+  <si>
+    <t>NOEL</t>
+  </si>
+  <si>
+    <t>ORONOGO</t>
+  </si>
+  <si>
+    <t>PINEVILLE</t>
+  </si>
+  <si>
+    <t>RACINE</t>
+  </si>
+  <si>
+    <t>REEDS</t>
+  </si>
+  <si>
+    <t>ROCKY COMFORT</t>
+  </si>
+  <si>
+    <t>SOUTH WEST CITY</t>
+  </si>
+  <si>
+    <t>SAGINAW</t>
+  </si>
+  <si>
+    <t>SENECA</t>
+  </si>
+  <si>
+    <t>STARK CITY</t>
+  </si>
+  <si>
+    <t>STELLA</t>
+  </si>
+  <si>
+    <t>TIFF CITY</t>
+  </si>
+  <si>
+    <t>ARGYLE</t>
+  </si>
+  <si>
+    <t>ASHLAND</t>
+  </si>
+  <si>
+    <t>ELDON</t>
+  </si>
+  <si>
+    <t>BELLE</t>
+  </si>
+  <si>
+    <t>BLAND</t>
+  </si>
+  <si>
+    <t>OWENSVILLE</t>
+  </si>
+  <si>
+    <t>BONNOTS MILL</t>
+  </si>
+  <si>
+    <t>LOOSE CREEK</t>
+  </si>
+  <si>
+    <t>BRUMLEY</t>
+  </si>
+  <si>
+    <t>CALIFORNIA</t>
+  </si>
+  <si>
+    <t>CAMDENTON</t>
+  </si>
+  <si>
+    <t>CENTERTOWN</t>
+  </si>
+  <si>
+    <t>CHAMOIS</t>
+  </si>
+  <si>
+    <t>CLARKSBURG</t>
+  </si>
+  <si>
+    <t>EUGENE</t>
+  </si>
+  <si>
+    <t>FORTUNA</t>
+  </si>
+  <si>
+    <t>FREEBURG</t>
+  </si>
+  <si>
+    <t>GRAVOIS MILLS</t>
+  </si>
+  <si>
+    <t>HARTSBURG</t>
+  </si>
+  <si>
+    <t>HENLEY</t>
+  </si>
+  <si>
+    <t>HERMANN</t>
+  </si>
+  <si>
+    <t>HIGH POINT</t>
+  </si>
+  <si>
+    <t>HOLTS SUMMIT</t>
+  </si>
+  <si>
+    <t>JAMESTOWN</t>
+  </si>
+  <si>
+    <t>KAISER</t>
+  </si>
+  <si>
+    <t>LAKE OZARK</t>
+  </si>
+  <si>
+    <t>LATHAM</t>
+  </si>
+  <si>
+    <t>LINN</t>
+  </si>
+  <si>
+    <t>LINN CREEK</t>
+  </si>
+  <si>
+    <t>LOHMAN</t>
+  </si>
+  <si>
+    <t>MC GIRK</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>MOKANE</t>
+  </si>
+  <si>
+    <t>MORRISON</t>
+  </si>
+  <si>
+    <t>NEW BLOOMFIELD</t>
+  </si>
+  <si>
+    <t>OLEAN</t>
+  </si>
+  <si>
+    <t>OSAGE BEACH</t>
+  </si>
+  <si>
+    <t>PORTLAND</t>
+  </si>
+  <si>
+    <t>PRAIRIE HOME</t>
+  </si>
+  <si>
+    <t>RHINELAND</t>
+  </si>
+  <si>
+    <t>ROCKY MOUNT</t>
+  </si>
+  <si>
+    <t>RUSSELLVILLE</t>
+  </si>
+  <si>
+    <t>SAINT ELIZABETH</t>
+  </si>
+  <si>
+    <t>SAINT THOMAS</t>
+  </si>
+  <si>
+    <t>STEEDMAN</t>
+  </si>
+  <si>
+    <t>STOVER</t>
+  </si>
+  <si>
+    <t>SUNRISE BEACH</t>
+  </si>
+  <si>
+    <t>TEBBETTS</t>
+  </si>
+  <si>
+    <t>TIPTON</t>
+  </si>
+  <si>
+    <t>TUSCUMBIA</t>
+  </si>
+  <si>
+    <t>ULMAN</t>
+  </si>
+  <si>
+    <t>VERSAILLES</t>
+  </si>
+  <si>
+    <t>WESTPHALIA</t>
+  </si>
+  <si>
+    <t>JEFFERSON CITY</t>
+  </si>
+  <si>
+    <t>COLUMBIA</t>
+  </si>
+  <si>
+    <t>ARMSTRONG</t>
+  </si>
+  <si>
+    <t>GLASGOW</t>
+  </si>
+  <si>
+    <t>AUXVASSE</t>
+  </si>
+  <si>
+    <t>BENTON CITY</t>
+  </si>
+  <si>
+    <t>MEXICO</t>
+  </si>
+  <si>
+    <t>BOONVILLE</t>
+  </si>
+  <si>
+    <t>BRUNSWICK</t>
+  </si>
+  <si>
+    <t>BUNCETON</t>
+  </si>
+  <si>
+    <t>CAIRO</t>
+  </si>
+  <si>
+    <t>CENTRALIA</t>
+  </si>
+  <si>
+    <t>CLARK</t>
+  </si>
+  <si>
+    <t>CLIFTON HILL</t>
+  </si>
+  <si>
+    <t>EXCELLO</t>
+  </si>
+  <si>
+    <t>FAYETTE</t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>NEW FRANKLIN</t>
+  </si>
+  <si>
+    <t>FULTON</t>
+  </si>
+  <si>
+    <t>HALLSVILLE</t>
+  </si>
+  <si>
+    <t>HARRISBURG</t>
+  </si>
+  <si>
+    <t>HIGBEE</t>
+  </si>
+  <si>
+    <t>HOLLIDAY</t>
+  </si>
+  <si>
+    <t>HUNTSVILLE</t>
+  </si>
+  <si>
+    <t>JACKSONVILLE</t>
+  </si>
+  <si>
+    <t>KEYTESVILLE</t>
+  </si>
+  <si>
+    <t>KINGDOM CITY</t>
+  </si>
+  <si>
+    <t>MADISON</t>
+  </si>
+  <si>
+    <t>MARTINSBURG</t>
+  </si>
+  <si>
+    <t>MOBERLY</t>
+  </si>
+  <si>
+    <t>PARIS</t>
+  </si>
+  <si>
+    <t>PILOT GROVE</t>
+  </si>
+  <si>
+    <t>RENICK</t>
+  </si>
+  <si>
+    <t>ROCHEPORT</t>
+  </si>
+  <si>
+    <t>RUSH HILL</t>
+  </si>
+  <si>
+    <t>SALISBURY</t>
+  </si>
+  <si>
+    <t>SANTA FE</t>
+  </si>
+  <si>
+    <t>STOUTSVILLE</t>
+  </si>
+  <si>
+    <t>STURGEON</t>
+  </si>
+  <si>
+    <t>THOMPSON</t>
+  </si>
+  <si>
+    <t>WOOLDRIDGE</t>
+  </si>
+  <si>
+    <t>SEDALIA</t>
+  </si>
+  <si>
+    <t>KNOB NOSTER</t>
+  </si>
+  <si>
+    <t>WHITEMAN AIR FORCE BASE</t>
+  </si>
+  <si>
+    <t>ARROW ROCK</t>
+  </si>
+  <si>
+    <t>BLACKBURN</t>
+  </si>
+  <si>
+    <t>BLACKWATER</t>
+  </si>
+  <si>
+    <t>CALHOUN</t>
+  </si>
+  <si>
+    <t>CLIMAX SPRINGS</t>
+  </si>
+  <si>
+    <t>COLE CAMP</t>
+  </si>
+  <si>
+    <t>EDWARDS</t>
+  </si>
+  <si>
+    <t>EMMA</t>
+  </si>
+  <si>
+    <t>FLORENCE</t>
+  </si>
+  <si>
+    <t>GILLIAM</t>
+  </si>
+  <si>
+    <t>SLATER</t>
+  </si>
+  <si>
+    <t>GREEN RIDGE</t>
+  </si>
+  <si>
+    <t>HOUSTONIA</t>
+  </si>
+  <si>
+    <t>LA MONTE</t>
+  </si>
+  <si>
+    <t>HUGHESVILLE</t>
+  </si>
+  <si>
+    <t>IONIA</t>
+  </si>
+  <si>
+    <t>LINCOLN</t>
+  </si>
+  <si>
+    <t>MALTA BEND</t>
+  </si>
+  <si>
+    <t>MARSHALL</t>
+  </si>
+  <si>
+    <t>MIAMI</t>
+  </si>
+  <si>
+    <t>OTTERVILLE</t>
+  </si>
+  <si>
+    <t>SMITHTON</t>
+  </si>
+  <si>
+    <t>SWEET SPRINGS</t>
+  </si>
+  <si>
+    <t>SYRACUSE</t>
+  </si>
+  <si>
+    <t>WARSAW</t>
+  </si>
+  <si>
+    <t>WINDSOR</t>
+  </si>
+  <si>
+    <t>ROLLA</t>
+  </si>
+  <si>
+    <t>EDGAR SPRINGS</t>
+  </si>
+  <si>
+    <t>BIRCH TREE</t>
+  </si>
+  <si>
+    <t>BIXBY</t>
+  </si>
+  <si>
+    <t>SALEM</t>
+  </si>
+  <si>
+    <t>BOSS</t>
+  </si>
+  <si>
+    <t>BOURBON</t>
+  </si>
+  <si>
+    <t>CUBA</t>
+  </si>
+  <si>
+    <t>DIXON</t>
+  </si>
+  <si>
+    <t>BUCYRUS</t>
+  </si>
+  <si>
+    <t>HOUSTON</t>
+  </si>
+  <si>
+    <t>CHERRYVILLE</t>
+  </si>
+  <si>
+    <t>CROCKER</t>
+  </si>
+  <si>
+    <t>WAYNESVILLE</t>
+  </si>
+  <si>
+    <t>NEWBURG</t>
+  </si>
+  <si>
+    <t>ELDRIDGE</t>
+  </si>
+  <si>
+    <t>LEBANON</t>
+  </si>
+  <si>
+    <t>ELK CREEK</t>
+  </si>
+  <si>
+    <t>EMINENCE</t>
+  </si>
+  <si>
+    <t>FALCON</t>
+  </si>
+  <si>
+    <t>FORT LEONARD WOOD</t>
+  </si>
+  <si>
+    <t>HARTSHORN</t>
+  </si>
+  <si>
+    <t>MOUNTAIN VIEW</t>
+  </si>
+  <si>
+    <t>HUGGINS</t>
+  </si>
+  <si>
+    <t>IBERIA</t>
+  </si>
+  <si>
+    <t>JADWIN</t>
+  </si>
+  <si>
+    <t>LAKE SPRING</t>
+  </si>
+  <si>
+    <t>LAQUEY</t>
+  </si>
+  <si>
+    <t>LEASBURG</t>
+  </si>
+  <si>
+    <t>LICKING</t>
+  </si>
+  <si>
+    <t>ROBY</t>
+  </si>
+  <si>
+    <t>RAYMONDVILLE</t>
+  </si>
+  <si>
+    <t>RICHLAND</t>
+  </si>
+  <si>
+    <t>SAINT JAMES</t>
+  </si>
+  <si>
+    <t>STEELVILLE</t>
+  </si>
+  <si>
+    <t>VIBURNUM</t>
+  </si>
+  <si>
+    <t>STOUTLAND</t>
+  </si>
+  <si>
+    <t>SUCCESS</t>
+  </si>
+  <si>
+    <t>SUMMERSVILLE</t>
+  </si>
+  <si>
+    <t>VICHY</t>
+  </si>
+  <si>
+    <t>VIENNA</t>
+  </si>
+  <si>
+    <t>SAINT ROBERT</t>
+  </si>
+  <si>
+    <t>WESCO</t>
+  </si>
+  <si>
+    <t>WINONA</t>
+  </si>
+  <si>
+    <t>LONG LANE</t>
+  </si>
+  <si>
+    <t>MONTREAL</t>
+  </si>
+  <si>
+    <t>ALDRICH</t>
+  </si>
+  <si>
+    <t>BOLIVAR</t>
+  </si>
+  <si>
+    <t>ARCOLA</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>ASH GROVE</t>
+  </si>
+  <si>
+    <t>AURORA</t>
+  </si>
+  <si>
+    <t>ALTON</t>
+  </si>
+  <si>
+    <t>THAYER</t>
+  </si>
+  <si>
+    <t>AVA</t>
+  </si>
+  <si>
+    <t>CAULFIELD</t>
+  </si>
+  <si>
+    <t>BILLINGS</t>
+  </si>
+  <si>
+    <t>REPUBLIC</t>
+  </si>
+  <si>
+    <t>BLUE EYE</t>
+  </si>
+  <si>
+    <t>BOIS D ARC</t>
+  </si>
+  <si>
+    <t>WILLARD</t>
+  </si>
+  <si>
+    <t>BRADLEYVILLE</t>
+  </si>
+  <si>
+    <t>SPARTA</t>
+  </si>
+  <si>
+    <t>BRANSON</t>
+  </si>
+  <si>
+    <t>HOLLISTER</t>
+  </si>
+  <si>
+    <t>BRIGHTON</t>
+  </si>
+  <si>
+    <t>GAINESVILLE</t>
+  </si>
+  <si>
+    <t>BROOKLINE</t>
+  </si>
+  <si>
+    <t>BRUNER</t>
+  </si>
+  <si>
+    <t>BUFFALO</t>
+  </si>
+  <si>
+    <t>CAPE FAIR</t>
+  </si>
+  <si>
+    <t>REEDS SPRING</t>
+  </si>
+  <si>
+    <t>CASSVILLE</t>
+  </si>
+  <si>
+    <t>CEDARCREEK</t>
+  </si>
+  <si>
+    <t>FORSYTH</t>
+  </si>
+  <si>
+    <t>CHADWICK</t>
+  </si>
+  <si>
+    <t>OZARK</t>
+  </si>
+  <si>
+    <t>CLEVER</t>
+  </si>
+  <si>
+    <t>CONWAY</t>
+  </si>
+  <si>
+    <t>CRANE</t>
+  </si>
+  <si>
+    <t>GALENA</t>
+  </si>
+  <si>
+    <t>CROSS TIMBERS</t>
+  </si>
+  <si>
+    <t>HERMITAGE</t>
+  </si>
+  <si>
+    <t>WALNUT GROVE</t>
+  </si>
+  <si>
+    <t>DIGGINS</t>
+  </si>
+  <si>
+    <t>DORA</t>
+  </si>
+  <si>
+    <t>MOUNTAIN GROVE</t>
+  </si>
+  <si>
+    <t>DUNNEGAN</t>
+  </si>
+  <si>
+    <t>STOCKTON</t>
+  </si>
+  <si>
+    <t>EAGLE ROCK</t>
+  </si>
+  <si>
+    <t>ELKLAND</t>
+  </si>
+  <si>
+    <t>MARSHFIELD</t>
+  </si>
+  <si>
+    <t>EVERTON</t>
+  </si>
+  <si>
+    <t>EXETER</t>
+  </si>
+  <si>
+    <t>FAIR GROVE</t>
+  </si>
+  <si>
+    <t>FAIR PLAY</t>
+  </si>
+  <si>
+    <t>FLEMINGTON</t>
+  </si>
+  <si>
+    <t>HUMANSVILLE</t>
+  </si>
+  <si>
+    <t>FORDLAND</t>
+  </si>
+  <si>
+    <t>ROGERSVILLE</t>
+  </si>
+  <si>
+    <t>MONETT</t>
+  </si>
+  <si>
+    <t>GOLDEN</t>
+  </si>
+  <si>
+    <t>SHELL KNOB</t>
+  </si>
+  <si>
+    <t>GRAFF</t>
+  </si>
+  <si>
+    <t>GROVESPRING</t>
+  </si>
+  <si>
+    <t>HARTVILLE</t>
+  </si>
+  <si>
+    <t>HALF WAY</t>
+  </si>
+  <si>
+    <t>HALLTOWN</t>
+  </si>
+  <si>
+    <t>HIGHLANDVILLE</t>
+  </si>
+  <si>
+    <t>HURLEY</t>
+  </si>
+  <si>
+    <t>ISABELLA</t>
+  </si>
+  <si>
+    <t>THEODOSIA</t>
+  </si>
+  <si>
+    <t>KIRBYVILLE</t>
+  </si>
+  <si>
+    <t>KISSEE MILLS</t>
+  </si>
+  <si>
+    <t>KIMBERLING CITY</t>
+  </si>
+  <si>
+    <t>LAMPE</t>
+  </si>
+  <si>
+    <t>LOCKWOOD</t>
+  </si>
+  <si>
+    <t>LOUISBURG</t>
+  </si>
+  <si>
+    <t>BRANDSVILLE</t>
+  </si>
+  <si>
+    <t>CABOOL</t>
+  </si>
+  <si>
+    <t>WILLOW SPRINGS</t>
+  </si>
+  <si>
+    <t>KOSHKONONG</t>
+  </si>
+  <si>
+    <t>MACOMB</t>
+  </si>
+  <si>
+    <t>SEYMOUR</t>
+  </si>
+  <si>
+    <t>MANSFIELD</t>
+  </si>
+  <si>
+    <t>MARIONVILLE</t>
+  </si>
+  <si>
+    <t>MILLER</t>
+  </si>
+  <si>
+    <t>MOUNT VERNON</t>
+  </si>
+  <si>
+    <t>MORRISVILLE</t>
+  </si>
+  <si>
+    <t>NIANGUA</t>
+  </si>
+  <si>
+    <t>NIXA</t>
+  </si>
+  <si>
+    <t>NORWOOD</t>
+  </si>
+  <si>
+    <t>OLDFIELD</t>
+  </si>
+  <si>
+    <t>PHILLIPSBURG</t>
+  </si>
+  <si>
+    <t>PIERCE CITY</t>
+  </si>
+  <si>
+    <t>PITTSBURG</t>
+  </si>
+  <si>
+    <t>PLEASANT HOPE</t>
+  </si>
+  <si>
+    <t>POINT LOOKOUT</t>
+  </si>
+  <si>
+    <t>PONTIAC</t>
+  </si>
+  <si>
+    <t>POWELL</t>
+  </si>
+  <si>
+    <t>SELIGMAN</t>
+  </si>
+  <si>
+    <t>POWERSITE</t>
+  </si>
+  <si>
+    <t>PRESTON</t>
+  </si>
+  <si>
+    <t>PROTEM</t>
+  </si>
+  <si>
+    <t>PURDY</t>
+  </si>
+  <si>
+    <t>WEAUBLEAU</t>
+  </si>
+  <si>
+    <t>RIDGEDALE</t>
+  </si>
+  <si>
+    <t>ROCKAWAY BEACH</t>
+  </si>
+  <si>
+    <t>SPOKANE</t>
+  </si>
+  <si>
+    <t>SQUIRES</t>
+  </si>
+  <si>
+    <t>STOTTS CITY</t>
+  </si>
+  <si>
+    <t>STRAFFORD</t>
+  </si>
+  <si>
+    <t>TANEYVILLE</t>
+  </si>
+  <si>
+    <t>TECUMSEH</t>
+  </si>
+  <si>
+    <t>THORNFIELD</t>
+  </si>
+  <si>
+    <t>TUNAS</t>
+  </si>
+  <si>
+    <t>URBANA</t>
+  </si>
+  <si>
+    <t>TURNERS</t>
+  </si>
+  <si>
+    <t>VERONA</t>
+  </si>
+  <si>
+    <t>WASHBURN</t>
+  </si>
+  <si>
+    <t>WASOLA</t>
+  </si>
+  <si>
+    <t>WEST PLAINS</t>
+  </si>
+  <si>
+    <t>MYRTLE</t>
+  </si>
+  <si>
+    <t>WHEATLAND</t>
+  </si>
+  <si>
+    <t>ROACH</t>
+  </si>
+  <si>
+    <t>PEACE VALLEY</t>
+  </si>
+  <si>
+    <t>POMONA</t>
+  </si>
+  <si>
+    <t>POTTERSVILLE</t>
+  </si>
+  <si>
+    <t>SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>County FIPS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
+    <font>
+      <sz val="10"/>
+      <name val="MS Sans Serif"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24138D5C-0291-47E1-ADC1-6C420B5D1C29}">
-  <dimension ref="A1:E1082"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57FB5C3B-8A53-4C39-8C37-82DC4A2285B0}">
+  <dimension ref="A1:E873"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D2" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D3" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D4" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D5" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D6" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D7" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D8" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D9" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D10" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D11" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D12" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D13" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D14" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D15" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D16" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D17" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D18" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D19" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D20" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D21" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D22" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D23" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D24" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D25" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D26" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D27" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D28" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D29" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D30" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D31" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D32" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D33" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D34" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D35" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D36" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D37" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D38" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D39" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D40" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D41" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D42" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D43" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D44" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D45" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D46" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D47" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D48" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D49" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D50" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D51" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D52" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D53" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D54" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D55" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D56" s="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D57" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D58" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D59" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D60" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D61" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A62" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D62" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D63" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D64" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D65" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D66" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D67" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D68" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D69" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A70" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D70" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A71" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D71" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A72" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D72" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A73" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D73" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A74" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D74" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D75" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A76" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D76" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A77" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D77" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A78" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D78" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D79" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D80" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D81" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D82" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D83" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A84" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D84" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D85" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A86" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D86" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A87" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D87" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A88" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D88" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A89" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D89" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A90" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D90" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A91" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D91" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A92" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D92" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A93" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D93" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A94" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D94" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A95" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D95" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A96" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D96" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A97" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D97" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A98" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D98" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A99" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D99" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A100" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D100" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A101" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D101" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D102" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A103" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D103" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A104" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D104" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D105" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A106" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D106" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A107" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D107" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A108" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D108" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A109" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D109" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A110" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D110" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A111" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D111" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A112" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D112" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A113" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D113" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A114" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D114" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A115" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D115" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A116" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D116" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A117" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D117" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A118" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D118" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A119" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D119" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A120" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D120" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A121" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D121" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A122" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D122" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A123" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D123" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A124" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D124" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A125" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D125" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A126" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D126" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A127" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D127" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A128" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D128" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A129" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D129" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A130" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D130" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A131" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D131" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A132" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D132" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A133" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D133" s="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A134" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D134" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A135" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D135" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A136" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="D136" s="1">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A137" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D137" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A138" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D138" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A139" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D139" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A140" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D140" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A141" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D141" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A142" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D142" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A143" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D143" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A144" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D144" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A145" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D145" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A146" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D146" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A147" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D147" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A148" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D148" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A149" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D149" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A150" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D150" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A151" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D151" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A152" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D152" s="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A153" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="D153" s="1">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A154" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D154" s="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A155" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D155" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A156" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D156" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A157" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D157" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A158" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B158" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="B1" t="s">
-[...22 lines deleted...]
-      <c r="D2">
+      <c r="C158" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D158" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A159" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D159" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A160" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D160" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A161" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D161" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A162" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D162" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A163" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D163" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A164" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D164" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A165" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D165" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A166" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D166" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A167" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D167" s="1">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A168" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D168" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A169" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D169" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A170" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D170" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A171" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D171" s="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A172" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D172" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D173" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A174" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D174" s="1">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A175" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D175" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A176" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D176" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A177" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D177" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A178" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D178" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A179" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D179" s="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A180" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D180" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A181" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D181" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A182" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D182" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A183" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D183" s="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A184" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D184" s="1">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A185" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D185" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A186" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D186" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A187" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D187" s="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A188" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D188" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A189" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D189" s="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A190" s="1" t="s">
         <v>189</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B190" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D190" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A191" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D191" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A192" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D192" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A193" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D193" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A194" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D194" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A195" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D195" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A196" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D196" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A197" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D197" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A198" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D198" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A199" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D199" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A200" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D200" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A201" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D201" s="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A202" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D202" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A203" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D203" s="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A204" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D204" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A205" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D205" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A206" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D206" s="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A207" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D207" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A208" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D208" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A209" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D209" s="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A210" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D210" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A211" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D211" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D212" s="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A213" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D213" s="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A214" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D214" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A215" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D215" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A216" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D216" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D217" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A218" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D218" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A219" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D219" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A220" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D220" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A221" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D221" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A222" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D222" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A223" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D223" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A224" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D224" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A225" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D225" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D226" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D227" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A228" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D228" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A229" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D229" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D230" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A231" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D231" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A232" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D232" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A233" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D233" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A234" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D234" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A235" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D235" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A236" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D236" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A237" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D237" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A238" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D238" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A239" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D239" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A240" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D240" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D241" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A242" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D242" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A243" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D243" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A244" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D244" s="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A245" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D245" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A246" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D246" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A247" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D247" s="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A248" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D248" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A249" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D249" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A250" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D250" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A251" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D251" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A252" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D252" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A253" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D253" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A254" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D254" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A255" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D255" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A256" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D256" s="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A257" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D257" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A258" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D258" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A259" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D259" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A260" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D260" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A261" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D261" s="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A262" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D262" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A263" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D263" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A264" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D264" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D265" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A266" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D266" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A267" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D267" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A268" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D268" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A269" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D269" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A270" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D270" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A271" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D271" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A272" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D272" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A273" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D273" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A274" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D274" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A275" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D275" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A276" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D276" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A277" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D277" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A278" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D278" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A279" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D279" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A280" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D280" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A281" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D281" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A282" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D282" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A283" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D283" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A284" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D284" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A285" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D285" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A286" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D286" s="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A287" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D287" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A288" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D288" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A289" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D289" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A290" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D290" s="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A291" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D291" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A292" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D292" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A293" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D293" s="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A294" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D294" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A295" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D295" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A296" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D296" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A297" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D297" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A298" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D298" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A299" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D299" s="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A300" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D300" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A301" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D301" s="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A302" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D302" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A303" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D303" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A304" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D304" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A305" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D305" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A306" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D306" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A307" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D307" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A308" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D308" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A309" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D309" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A310" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D310" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A311" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D311" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A312" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D312" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A313" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D313" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A314" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D314" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A315" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D315" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A316" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D316" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A317" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D317" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A318" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D318" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A319" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D319" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A320" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D320" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A321" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D321" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A322" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D322" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A323" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D323" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A324" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D324" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A325" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D325" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A326" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D326" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A327" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D327" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A328" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D328" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A329" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D329" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A330" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D330" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A331" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D331" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A332" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D332" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A333" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D333" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A334" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D334" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A335" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D335" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A336" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D336" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A337" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D337" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A338" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D338" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A339" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D339" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A340" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D340" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A341" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D341" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A342" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D342" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A343" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D343" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A344" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D344" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A345" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D345" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A346" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D346" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A347" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D347" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A348" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D348" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A349" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D349" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A350" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D350" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A351" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D351" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A352" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D352" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A353" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D353" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A354" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D354" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A355" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D355" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A356" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D356" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A357" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D357" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A358" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D358" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A359" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D359" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A360" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D360" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A361" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D361" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A362" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D362" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A363" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D363" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A364" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D364" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A365" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D365" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A366" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D366" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A367" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D367" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A368" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D368" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A369" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D369" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A370" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D370" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A371" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D371" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A372" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D372" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A373" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D373" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A374" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D374" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A375" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D375" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A376" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D376" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A377" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D377" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A378" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D378" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A379" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D379" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A380" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D380" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A381" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D381" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A382" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D382" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A383" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D383" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A384" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D384" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A385" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D385" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A386" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D386" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A387" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D387" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A388" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D388" s="1">
         <v>3</v>
       </c>
-      <c r="B5" t="s">
-[...24 lines deleted...]
-      <c r="A7" t="s">
+    </row>
+    <row r="389" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A389" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D389" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A390" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D390" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A391" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D391" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A392" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D392" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A393" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D393" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A394" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D394" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A395" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D395" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A396" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D396" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A397" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D397" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A398" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D398" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A399" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D399" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A400" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D400" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A401" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D401" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A402" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D402" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A403" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D403" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A404" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D404" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A405" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D405" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A406" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D406" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A407" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D407" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A408" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D408" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A409" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D409" s="1">
         <v>5</v>
       </c>
-      <c r="B7" t="s">
-[...24 lines deleted...]
-      <c r="A9" t="s">
+    </row>
+    <row r="410" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A410" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D410" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A411" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D411" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A412" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D412" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A413" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D413" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A414" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D414" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A415" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D415" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A416" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D416" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A417" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D417" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A418" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D418" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A419" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D419" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A420" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D420" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A421" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D421" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A422" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D422" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A423" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D423" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A424" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D424" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A425" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D425" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A426" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D426" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A427" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D427" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A428" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D428" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A429" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D429" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A430" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D430" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A431" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D431" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A432" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D432" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A433" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D433" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A434" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D434" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A435" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D435" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A436" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D436" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A437" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D437" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A438" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D438" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A439" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D439" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A440" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D440" s="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A441" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D441" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A442" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D442" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A443" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D443" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A444" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D444" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A445" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D445" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A446" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D446" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A447" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D447" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A448" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D448" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A449" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D449" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A450" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D450" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A451" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D451" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A452" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D452" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A453" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D453" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A454" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D454" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A455" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D455" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A456" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D456" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A457" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D457" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A458" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D458" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A459" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D459" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A460" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D460" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A461" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D461" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A462" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D462" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A463" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D463" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A464" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D464" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A465" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D465" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A466" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D466" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A467" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D467" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A468" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D468" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A469" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D469" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A470" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D470" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A471" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D471" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A472" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D472" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A473" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D473" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A474" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D474" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A475" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D475" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A476" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D476" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A477" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D477" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A478" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D478" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A479" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D479" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A480" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D480" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A481" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D481" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A482" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D482" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A483" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D483" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A484" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D484" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A485" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D485" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A486" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D486" s="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A487" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D487" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A488" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D488" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A489" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D489" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A490" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D490" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A491" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D491" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A492" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D492" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A493" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D493" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A494" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D494" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A495" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D495" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A496" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D496" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A497" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D497" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A498" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D498" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A499" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D499" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A500" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D500" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A501" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D501" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A502" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D502" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A503" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D503" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A504" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D504" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A505" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D505" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A506" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D506" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A507" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D507" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A508" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D508" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A509" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D509" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A510" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D510" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A511" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D511" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A512" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D512" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A513" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D513" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A514" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D514" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A515" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D515" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A516" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D516" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A517" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D517" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A518" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D518" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A519" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D519" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A520" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D520" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A521" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D521" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A522" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D522" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A523" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D523" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A524" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D524" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A525" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D525" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A526" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D526" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A527" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D527" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A528" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D528" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A529" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D529" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A530" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D530" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A531" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D531" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A532" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D532" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A533" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D533" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A534" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D534" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A535" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D535" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A536" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D536" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A537" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D537" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A538" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D538" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A539" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D539" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A540" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D540" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A541" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D541" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A542" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D542" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A543" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D543" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A544" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D544" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A545" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D545" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A546" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D546" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A547" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D547" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A548" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D548" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A549" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D549" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A550" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D550" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A551" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D551" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A552" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D552" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A553" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D553" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A554" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D554" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A555" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D555" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A556" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D556" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A557" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D557" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A558" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D558" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A559" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D559" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A560" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D560" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A561" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D561" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A562" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D562" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A563" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D563" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A564" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D564" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A565" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D565" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A566" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D566" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A567" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D567" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A568" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D568" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A569" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D569" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A570" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D570" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A571" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D571" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A572" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D572" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A573" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D573" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A574" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D574" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A575" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D575" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A576" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D576" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A577" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D577" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A578" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D578" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A579" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D579" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A580" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C580" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D580" s="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A581" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D581" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A582" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D582" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A583" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D583" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A584" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D584" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A585" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D585" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A586" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D586" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A587" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D587" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A588" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D588" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A589" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D589" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A590" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D590" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A591" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D591" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A592" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D592" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A593" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D593" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A594" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D594" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A595" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D595" s="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A596" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D596" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A597" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D597" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A598" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D598" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A599" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D599" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A600" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D600" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A601" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D601" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A602" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D602" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A603" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D603" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A604" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D604" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A605" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D605" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A606" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C606" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D606" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A607" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C607" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D607" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A608" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D608" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A609" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D609" s="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A610" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D610" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A611" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D611" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A612" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D612" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A613" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D613" s="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A614" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D614" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A615" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D615" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A616" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D616" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A617" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D617" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A618" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D618" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A619" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D619" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A620" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D620" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A621" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D621" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A622" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D622" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A623" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D623" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A624" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D624" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A625" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D625" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A626" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D626" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A627" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D627" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A628" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D628" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A629" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D629" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A630" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D630" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A631" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D631" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A632" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D632" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A633" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D633" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A634" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D634" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A635" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D635" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A636" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D636" s="1">
         <v>7</v>
       </c>
-      <c r="B9" t="s">
-[...24 lines deleted...]
-      <c r="A11" t="s">
+    </row>
+    <row r="637" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A637" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D637" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A638" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D638" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A639" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D639" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A640" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D640" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A641" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D641" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A642" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B642" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D642" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A643" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B643" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C643" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D643" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A644" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B644" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C644" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D644" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A645" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="B645" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D645" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A646" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D646" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A647" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B647" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C647" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D647" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A648" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D648" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A649" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C649" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D649" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A650" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="B650" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C650" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D650" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A651" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B651" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D651" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A652" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B652" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C652" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D652" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A653" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D653" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A654" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C654" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D654" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A655" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B655" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C655" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D655" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A656" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B656" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C656" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D656" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A657" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B657" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C657" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D657" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A658" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D658" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A659" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C659" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D659" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A660" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B660" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C660" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D660" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A661" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B661" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C661" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D661" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A662" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C662" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D662" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A663" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B663" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D663" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A664" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B664" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D664" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A665" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B665" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D665" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A666" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D666" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A667" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C667" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D667" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A668" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B668" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C668" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D668" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A669" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B669" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C669" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D669" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A670" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B670" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C670" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D670" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A671" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D671" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A672" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C672" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D672" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A673" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="B673" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D673" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A674" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B674" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C674" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D674" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A675" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="B675" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C675" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D675" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A676" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B676" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C676" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D676" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A677" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C677" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D677" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A678" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C678" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D678" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A679" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C679" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D679" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A680" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D680" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A681" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D681" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A682" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D682" s="1">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A683" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D683" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A684" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="B684" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D684" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A685" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D685" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A686" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D686" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A687" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D687" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A688" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D688" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A689" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D689" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A690" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C690" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D690" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A691" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D691" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A692" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D692" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A693" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D693" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A694" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D694" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A695" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D695" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A696" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D696" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A697" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D697" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A698" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C698" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D698" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A699" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C699" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D699" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A700" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D700" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A701" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D701" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A702" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D702" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A703" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D703" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A704" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B704" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C704" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D704" s="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A705" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C705" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D705" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A706" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D706" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A707" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D707" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A708" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D708" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A709" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D709" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A710" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D710" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A711" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="B711" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C711" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D711" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A712" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="B712" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C712" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D712" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A713" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C713" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D713" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A714" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B714" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D714" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A715" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B715" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D715" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A716" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C716" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D716" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A717" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C717" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D717" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A718" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B718" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C718" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D718" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A719" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C719" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D719" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A720" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D720" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A721" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D721" s="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A722" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D722" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A723" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D723" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A724" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D724" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A725" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C725" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D725" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A726" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D726" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A727" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D727" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A728" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D728" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A729" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D729" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A730" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C730" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D730" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A731" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D731" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A732" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D732" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A733" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="B733" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D733" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A734" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B734" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D734" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A735" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D735" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A736" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B736" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D736" s="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A737" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D737" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A738" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D738" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A739" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D739" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A740" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D740" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A741" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D741" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A742" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D742" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A743" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D743" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A744" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D744" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A745" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D745" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A746" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B746" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D746" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A747" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="B747" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C747" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D747" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A748" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B748" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C748" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D748" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A749" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D749" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A750" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D750" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A751" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B751" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D751" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A752" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C752" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D752" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A753" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D753" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A754" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B754" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D754" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A755" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B755" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D755" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A756" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B756" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D756" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A757" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D757" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A758" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D758" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A759" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C759" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D759" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A760" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="B760" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C760" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D760" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A761" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D761" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A762" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C762" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D762" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A763" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D763" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A764" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D764" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A765" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D765" s="1">
         <v>9</v>
       </c>
-      <c r="B11" t="s">
-[...276 lines deleted...]
-      <c r="A31" t="s">
+    </row>
+    <row r="766" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A766" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C766" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D766" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A767" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C767" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D767" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A768" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C768" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D768" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A769" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C769" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D769" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A770" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B770" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C770" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D770" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A771" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C771" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D771" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A772" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D772" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A773" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D773" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A774" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="B774" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D774" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A775" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="B775" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C775" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D775" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A776" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B776" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C776" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D776" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A777" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C777" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D777" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A778" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C778" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D778" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A779" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C779" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D779" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A780" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B780" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C780" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D780" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A781" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B781" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C781" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D781" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A782" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C782" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D782" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A783" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B783" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C783" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D783" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A784" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B784" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C784" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D784" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A785" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B785" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C785" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D785" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A786" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B786" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C786" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D786" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A787" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="B787" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C787" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D787" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A788" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B788" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C788" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D788" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A789" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C789" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D789" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A790" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B790" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C790" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D790" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A791" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="B791" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C791" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D791" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A792" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B792" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C792" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D792" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A793" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B793" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C793" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D793" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A794" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="B794" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C794" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D794" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A795" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B795" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C795" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D795" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A796" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B796" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C796" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D796" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A797" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B797" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C797" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D797" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A798" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="B798" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C798" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D798" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A799" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="B799" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C799" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D799" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A800" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B800" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C800" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D800" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A801" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B801" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C801" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D801" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A802" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B802" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C802" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D802" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A803" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B803" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C803" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D803" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A804" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B804" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C804" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D804" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A805" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B805" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C805" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D805" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A806" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B806" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C806" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D806" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A807" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B807" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C807" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D807" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A808" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B808" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C808" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D808" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A809" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B809" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C809" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D809" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A810" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B810" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C810" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D810" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A811" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B811" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C811" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D811" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A812" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B812" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C812" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D812" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A813" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B813" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C813" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D813" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A814" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B814" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C814" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D814" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A815" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B815" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C815" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D815" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A816" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B816" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C816" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D816" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A817" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B817" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C817" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D817" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A818" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="B818" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C818" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D818" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A819" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C819" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D819" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A820" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B820" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C820" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D820" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A821" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="B821" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C821" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D821" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A822" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B822" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C822" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D822" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A823" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="B823" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C823" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D823" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A824" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B824" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C824" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D824" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A825" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B825" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C825" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D825" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A826" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B826" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C826" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D826" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A827" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B827" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C827" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D827" s="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A828" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B828" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C828" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D828" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A829" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B829" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C829" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D829" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A830" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B830" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C830" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D830" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A831" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B831" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C831" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D831" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A832" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B832" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C832" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D832" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A833" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B833" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C833" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D833" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A834" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B834" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C834" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D834" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A835" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B835" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C835" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D835" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A836" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="B836" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C836" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D836" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A837" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B837" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C837" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D837" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A838" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B838" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C838" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D838" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A839" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B839" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C839" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D839" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A840" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B840" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C840" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D840" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A841" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="B841" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C841" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D841" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A842" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="B842" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C842" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D842" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A843" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B843" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C843" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D843" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A844" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="B844" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C844" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D844" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A845" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B845" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C845" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D845" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A846" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B846" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C846" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D846" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A847" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B847" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C847" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D847" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A848" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B848" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C848" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D848" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A849" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B849" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C849" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D849" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A850" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B850" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C850" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D850" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A851" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B851" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C851" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D851" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A852" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B852" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C852" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D852" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A853" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B853" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C853" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D853" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A854" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B854" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C854" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D854" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A855" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B855" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C855" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D855" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A856" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B856" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C856" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D856" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A857" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B857" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C857" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D857" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A858" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B858" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C858" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D858" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A859" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B859" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C859" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D859" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A860" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="B860" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C860" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D860" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A861" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B861" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C861" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D861" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A862" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B862" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C862" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D862" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A863" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="B863" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C863" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D863" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A864" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="B864" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C864" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D864" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A865" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B865" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C865" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D865" s="1">
         <v>29</v>
       </c>
-      <c r="B31" t="s">
-[...668 lines deleted...]
-      <c r="A79" t="s">
+    </row>
+    <row r="866" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A866" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="B866" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C866" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D866" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A867" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B867" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C867" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D867" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A868" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B868" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C868" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D868" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A869" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B869" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C869" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D869" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A870" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B870" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C870" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D870" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A871" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B871" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C871" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D871" s="1">
         <v>77</v>
       </c>
-      <c r="B79" t="s">
-[...10079 lines deleted...]
-      <c r="B799" t="s">
+    </row>
+    <row r="872" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A872" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="B872" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="C799" t="s">
-[...1001 lines deleted...]
-      <c r="A871" t="s">
+      <c r="C872" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D872" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A873" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B871" t="s">
-[...1550 lines deleted...]
-      <c r="A982" t="s">
+      <c r="B873" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C873" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="B982" t="s">
-[...1405 lines deleted...]
-      <c r="D1082">
+      <c r="D873" s="1">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>USPS_Zip_List</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SAS Institute Inc</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>sas user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>